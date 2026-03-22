--- v0 (2025-11-04)
+++ v1 (2026-03-22)
@@ -5095,335 +5095,450 @@
       </w:tr>
       <w:tr w:rsidR="00497F15" w:rsidRPr="000D6704" w14:paraId="7FDE6710" w14:textId="77777777" w:rsidTr="2B2682EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5981A886" w14:textId="3101A4F8" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="00497F15">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t>Emcee</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5816" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71C7648D" w14:textId="09C47144" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="00001D7E">
+          <w:p w14:paraId="71C7648D" w14:textId="61998E30" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="00001D7E">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144" w:line="251" w:lineRule="exact"/>
               <w:ind w:left="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="009C307F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
               </w:rPr>
               <w:t>OPTIONAL</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve">) </w:t>
             </w:r>
+            <w:r w:rsidR="0026080A" w:rsidRPr="00827D7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:b/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>FIRST</w:t>
+            </w:r>
+            <w:r w:rsidR="0026080A">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Leadership </w:t>
+            </w:r>
+            <w:r w:rsidR="00827D7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:b/>
+              </w:rPr>
+              <w:t>Award</w:t>
+            </w:r>
             <w:r w:rsidR="00497F15" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
               </w:rPr>
-              <w:t xml:space="preserve">Dean’s </w:t>
-[...14 lines deleted...]
-              </w:rPr>
               <w:t xml:space="preserve"> Semi-Finalists</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4807F8FF" w14:textId="61E49A44" w:rsidR="002C7F83" w:rsidRPr="0013008F" w:rsidRDefault="00497F15">
+          <w:p w14:paraId="4807F8FF" w14:textId="3E7ABF6B" w:rsidR="002C7F83" w:rsidRPr="0013008F" w:rsidRDefault="00497F15">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
               <w:ind w:left="0" w:right="134"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">FIRST </w:t>
             </w:r>
+            <w:r w:rsidR="00074240">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t>Leadership Award</w:t>
+            </w:r>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dean’s List Finalists are outstanding student leaders whose passion for and effectiveness at embodying </w:t>
+              <w:t xml:space="preserve"> Finalists are outstanding student leaders whose passion for and effectiveness at embodying </w:t>
             </w:r>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve">FIRST </w:t>
             </w:r>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t>ideals is exemplary. These students were nominated by their teams for their direct contributions and impact on others</w:t>
             </w:r>
             <w:r w:rsidR="62A7A28E" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve">. Congratulations to </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="62A7A28E" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t>all of</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="62A7A28E" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the Dean’s List Semi-Finalists here nominated by their teams. </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="0DB2DB21" w14:textId="39328BD3" w:rsidR="002A4B82" w:rsidRPr="0013008F" w:rsidRDefault="00497F15" w:rsidP="2B2682EC">
+              <w:t xml:space="preserve"> the </w:t>
+            </w:r>
+            <w:r w:rsidR="00074240" w:rsidRPr="000E6AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>FIRST</w:t>
+            </w:r>
+            <w:r w:rsidR="00074240">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Leadership Award</w:t>
+            </w:r>
+            <w:r w:rsidR="62A7A28E" w:rsidRPr="0013008F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Semi-Finalists here nominated by their teams. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0DB2DB21" w14:textId="4C06B962" w:rsidR="002A4B82" w:rsidRPr="0013008F" w:rsidRDefault="00497F15" w:rsidP="2B2682EC">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
               <w:ind w:left="0" w:right="134"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="2B2682EC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t xml:space="preserve">FIRST </w:t>
             </w:r>
+            <w:r w:rsidR="000E6AFF">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t>Leadership Award</w:t>
+            </w:r>
             <w:r w:rsidRPr="2B2682EC">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
-              <w:t xml:space="preserve">Dean’s List Semi-Finalists, recognized here today, will be considered within their state/region for the two spots as Dean’s List Finalists. </w:t>
+              <w:t xml:space="preserve"> Semi-Finalists, recognized here today, will be considered within their state/region for the two spots as </w:t>
+            </w:r>
+            <w:r w:rsidR="009C72F7" w:rsidRPr="009C72F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>FIRST</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Leadership</w:t>
+            </w:r>
+            <w:r w:rsidRPr="2B2682EC">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Finalists. </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="38C44CB4" w14:textId="77777777" w:rsidR="00497F15" w:rsidRDefault="00890985">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve">Please stand or wave to be recognized. </w:t>
             </w:r>
             <w:r w:rsidR="00497F15" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>Congratulations:</w:t>
             </w:r>
             <w:r w:rsidR="006864D9" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5E2AF5FE" w14:textId="26CFB9CB" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidDel="00732C64" w:rsidRDefault="00027A4C">
+          <w:p w14:paraId="5E2AF5FE" w14:textId="1F845D98" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidDel="00732C64" w:rsidRDefault="00027A4C">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00724493">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">[insert Dean’s List </w:t>
+              <w:t xml:space="preserve">[insert </w:t>
+            </w:r>
+            <w:r w:rsidR="009C72F7">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t>FIRST Leadership Award</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00724493">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:bidi="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00AE67EC" w:rsidRPr="00724493">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>nomina</w:t>
             </w:r>
             <w:r w:rsidR="00724493" w:rsidRPr="00724493">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>tions</w:t>
             </w:r>
             <w:r w:rsidR="00724493">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:eastAsia="Arial" w:hAnsi="Roboto"/>
                 <w:lang w:bidi="en-US"/>
               </w:rPr>
               <w:t>]</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3095" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="790B9D69" w14:textId="56AADFA8" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="002A4B82">
+          <w:p w14:paraId="790B9D69" w14:textId="345B41A9" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="002A4B82">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
                 <w:i/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
               </w:rPr>
               <w:t>Optional</w:t>
             </w:r>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve"> -</w:t>
             </w:r>
             <w:r w:rsidR="00497F15" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
-              <w:t xml:space="preserve"> If an event has Dean’s List Semi-Finalists, recognize them with the followin</w:t>
+              <w:t xml:space="preserve"> If an event has </w:t>
+            </w:r>
+            <w:r w:rsidR="00827D7B" w:rsidRPr="00C05935">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>FIRST</w:t>
+            </w:r>
+            <w:r w:rsidR="00827D7B">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Leadership Award</w:t>
+            </w:r>
+            <w:r w:rsidR="00497F15" w:rsidRPr="0013008F">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Semi-Finalists, recognize them with the followin</w:t>
             </w:r>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00065135">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DE1717C" w14:textId="7F732C6E" w:rsidR="3A36D87D" w:rsidRPr="0013008F" w:rsidRDefault="3A36D87D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3743C498" w14:textId="42DA31DB" w:rsidR="48E2CEBA" w:rsidRPr="0013008F" w:rsidRDefault="48E2CEBA">
+          <w:p w14:paraId="3743C498" w14:textId="4ABDBB3A" w:rsidR="48E2CEBA" w:rsidRPr="0013008F" w:rsidRDefault="48E2CEBA">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve">Show slide of </w:t>
             </w:r>
-            <w:r w:rsidR="00BB5DB3">
-[...3 lines deleted...]
-              <w:t>Dean’s List</w:t>
+            <w:r w:rsidR="00C05935" w:rsidRPr="00C05935">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>FIRST</w:t>
+            </w:r>
+            <w:r w:rsidR="00C05935">
+              <w:rPr>
+                <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Leadership</w:t>
             </w:r>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve"> Award nominees from scoring system</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="583CB0DD" w14:textId="332EC2DF" w:rsidR="3A36D87D" w:rsidRPr="0013008F" w:rsidRDefault="3A36D87D">
             <w:pPr>
               <w:pStyle w:val="TableParagraph"/>
               <w:spacing w:beforeLines="60" w:before="144" w:afterLines="60" w:after="144"/>
               <w:ind w:left="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="312BFEE5" w14:textId="33BF38EF" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="00497F15">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
@@ -5613,51 +5728,50 @@
             <w:r w:rsidR="261BD65B" w:rsidRPr="0046287E">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve"> with your team about what you’ll do and where you’ll regroup in case of an emergency.</w:t>
             </w:r>
             <w:r w:rsidR="261BD65B" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:i/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1F7BB31A" w14:textId="3995E4C5" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="45560962">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Fire extinguishers </w:t>
             </w:r>
             <w:r w:rsidR="6AD141D0" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve">are located at </w:t>
             </w:r>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
             <w:r w:rsidR="5BA03850" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
@@ -5833,51 +5947,50 @@
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t>Thank you for helping us make this a safe and enjoyable event for all!</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3095" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2A50B3CA" w14:textId="4F9D76EF" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="45560962">
             <w:pPr>
               <w:spacing w:before="120" w:after="120" w:line="276" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Identify the location of exists and other safety elemen</w:t>
             </w:r>
             <w:r w:rsidR="6FF3B9FD" w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t>t</w:t>
             </w:r>
             <w:r w:rsidRPr="0013008F">
               <w:rPr>
                 <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               </w:rPr>
               <w:t xml:space="preserve">s before presenting. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00497F15" w:rsidRPr="000D6704" w14:paraId="2A0C7F3D" w14:textId="77777777" w:rsidTr="2B2682EC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1879" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="08A0A30B" w14:textId="77777777" w:rsidR="00497F15" w:rsidRPr="0013008F" w:rsidRDefault="00497F15">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
@@ -6374,195 +6487,200 @@
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br w:type="textWrapping" w:clear="all"/>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="003C7F2A" w:rsidRPr="003F4075" w:rsidSect="007050B5">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="720" w:footer="432" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62DA81D0" w14:textId="77777777" w:rsidR="00BC3D80" w:rsidRDefault="00BC3D80" w:rsidP="00DF6B3C">
+    <w:p w14:paraId="6E49DCB3" w14:textId="77777777" w:rsidR="00301698" w:rsidRDefault="00301698" w:rsidP="00DF6B3C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33AC782C" w14:textId="77777777" w:rsidR="00BC3D80" w:rsidRDefault="00BC3D80" w:rsidP="00DF6B3C">
+    <w:p w14:paraId="2215D11E" w14:textId="77777777" w:rsidR="00301698" w:rsidRDefault="00301698" w:rsidP="00DF6B3C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="42EDB65C" w14:textId="77777777" w:rsidR="00BC3D80" w:rsidRDefault="00BC3D80"/>
+    <w:p w14:paraId="4B0399BF" w14:textId="77777777" w:rsidR="00301698" w:rsidRDefault="00301698"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Roboto">
-    <w:altName w:val="Arial"/>
-    <w:panose1 w:val="02000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000AFF" w:usb1="5000217F" w:usb2="00000021" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="TableGrid"/>
       <w:tblW w:w="5000" w:type="pct"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="2160"/>
       <w:gridCol w:w="6480"/>
       <w:gridCol w:w="2160"/>
     </w:tblGrid>
     <w:tr w:rsidR="00EE0E61" w:rsidRPr="00EE0E61" w14:paraId="25C57F10" w14:textId="77777777" w:rsidTr="00EE0E61">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1000" w:type="pct"/>
         </w:tcPr>
-        <w:p w14:paraId="380417A7" w14:textId="7019E07A" w:rsidR="005F6749" w:rsidRPr="0013008F" w:rsidRDefault="005F6749" w:rsidP="003C7F2A">
+        <w:p w14:paraId="380417A7" w14:textId="18F1CE8E" w:rsidR="005F6749" w:rsidRPr="0013008F" w:rsidRDefault="005F6749" w:rsidP="003C7F2A">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
               <w:tab w:val="left" w:pos="1073"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             </w:rPr>
           </w:pPr>
           <w:r w:rsidRPr="0013008F">
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:szCs w:val="32"/>
             </w:rPr>
-            <w:t>Revision 25-26.1</w:t>
+            <w:t>Revision 25-26.</w:t>
+          </w:r>
+          <w:r w:rsidR="006007E2">
+            <w:rPr>
+              <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>2</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="3000" w:type="pct"/>
         </w:tcPr>
         <w:p w14:paraId="100C25C8" w14:textId="77777777" w:rsidR="005F6749" w:rsidRPr="0013008F" w:rsidRDefault="005F6749" w:rsidP="003C7F2A">
           <w:pPr>
             <w:pStyle w:val="Footer"/>
             <w:tabs>
               <w:tab w:val="clear" w:pos="4680"/>
               <w:tab w:val="clear" w:pos="9360"/>
               <w:tab w:val="left" w:pos="1073"/>
             </w:tabs>
             <w:rPr>
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1000" w:type="pct"/>
         </w:tcPr>
@@ -6665,65 +6783,65 @@
               <w:rFonts w:ascii="Roboto" w:hAnsi="Roboto"/>
               <w:b/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0BC8A7E9" w14:textId="0E8B6C99" w:rsidR="0080490D" w:rsidRPr="003C7F2A" w:rsidRDefault="0080490D" w:rsidP="003C7F2A">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4680"/>
         <w:tab w:val="clear" w:pos="9360"/>
         <w:tab w:val="left" w:pos="1073"/>
       </w:tabs>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="169A3B93" w14:textId="77777777" w:rsidR="00BC3D80" w:rsidRDefault="00BC3D80" w:rsidP="00DF6B3C">
+    <w:p w14:paraId="057876A9" w14:textId="77777777" w:rsidR="00301698" w:rsidRDefault="00301698" w:rsidP="00DF6B3C">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="40996834" w14:textId="77777777" w:rsidR="00BC3D80" w:rsidRDefault="00BC3D80" w:rsidP="00DF6B3C">
+    <w:p w14:paraId="622D69D4" w14:textId="77777777" w:rsidR="00301698" w:rsidRDefault="00301698" w:rsidP="00DF6B3C">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1343DEBB" w14:textId="77777777" w:rsidR="00BC3D80" w:rsidRDefault="00BC3D80"/>
+    <w:p w14:paraId="0EB86694" w14:textId="77777777" w:rsidR="00301698" w:rsidRDefault="00301698"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="74780776" w14:textId="6E7057D4" w:rsidR="003959D1" w:rsidRDefault="003959D1" w:rsidP="003959D1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:color w:val="2B579A"/>
         <w:shd w:val="clear" w:color="auto" w:fill="E6E6E6"/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3FE1F462" wp14:editId="7126D4EE">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-19050</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-175260</wp:posOffset>
@@ -6888,53 +7006,52 @@
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="814376326">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:trackRevisions/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001A0EF4"/>
@@ -6950,284 +7067,295 @@
     <w:rsid w:val="0001424D"/>
     <w:rsid w:val="0001489C"/>
     <w:rsid w:val="00014BDE"/>
     <w:rsid w:val="000208CA"/>
     <w:rsid w:val="0002231A"/>
     <w:rsid w:val="0002299C"/>
     <w:rsid w:val="00026896"/>
     <w:rsid w:val="00027A4C"/>
     <w:rsid w:val="00028639"/>
     <w:rsid w:val="00030212"/>
     <w:rsid w:val="00031016"/>
     <w:rsid w:val="0003242A"/>
     <w:rsid w:val="000328DB"/>
     <w:rsid w:val="00037A4B"/>
     <w:rsid w:val="00041A18"/>
     <w:rsid w:val="000437D7"/>
     <w:rsid w:val="00045F99"/>
     <w:rsid w:val="00046448"/>
     <w:rsid w:val="0005109C"/>
     <w:rsid w:val="00052595"/>
     <w:rsid w:val="00053A37"/>
     <w:rsid w:val="000554F5"/>
     <w:rsid w:val="00057733"/>
     <w:rsid w:val="000623CF"/>
     <w:rsid w:val="000638A6"/>
+    <w:rsid w:val="00065135"/>
     <w:rsid w:val="000709AC"/>
     <w:rsid w:val="000717C0"/>
     <w:rsid w:val="00072DD1"/>
     <w:rsid w:val="0007337E"/>
     <w:rsid w:val="0007382F"/>
     <w:rsid w:val="000741EF"/>
+    <w:rsid w:val="00074240"/>
     <w:rsid w:val="000762D0"/>
     <w:rsid w:val="000827BB"/>
     <w:rsid w:val="00084C4B"/>
     <w:rsid w:val="00085EE7"/>
     <w:rsid w:val="00086473"/>
     <w:rsid w:val="000908F9"/>
     <w:rsid w:val="00090B26"/>
     <w:rsid w:val="00091831"/>
     <w:rsid w:val="00092471"/>
     <w:rsid w:val="00094874"/>
     <w:rsid w:val="000A01FE"/>
     <w:rsid w:val="000A0437"/>
     <w:rsid w:val="000A5DAC"/>
     <w:rsid w:val="000A7090"/>
     <w:rsid w:val="000B2BE9"/>
     <w:rsid w:val="000B3A18"/>
     <w:rsid w:val="000B4826"/>
     <w:rsid w:val="000C547C"/>
     <w:rsid w:val="000D0B98"/>
     <w:rsid w:val="000D43FC"/>
     <w:rsid w:val="000D6704"/>
     <w:rsid w:val="000D6F16"/>
     <w:rsid w:val="000E02D1"/>
     <w:rsid w:val="000E14D9"/>
     <w:rsid w:val="000E1DE3"/>
     <w:rsid w:val="000E32C5"/>
+    <w:rsid w:val="000E6AFF"/>
     <w:rsid w:val="000E6FD7"/>
     <w:rsid w:val="000E704D"/>
     <w:rsid w:val="000F220F"/>
     <w:rsid w:val="000F49CA"/>
     <w:rsid w:val="000F5092"/>
     <w:rsid w:val="000F64D3"/>
     <w:rsid w:val="000F6C16"/>
+    <w:rsid w:val="00100FF8"/>
     <w:rsid w:val="0010110B"/>
     <w:rsid w:val="00102E40"/>
     <w:rsid w:val="00104EE3"/>
     <w:rsid w:val="00105474"/>
     <w:rsid w:val="001079CD"/>
     <w:rsid w:val="00110C01"/>
     <w:rsid w:val="0011118F"/>
     <w:rsid w:val="00111ECB"/>
     <w:rsid w:val="0011257C"/>
     <w:rsid w:val="001202F6"/>
     <w:rsid w:val="001228ED"/>
     <w:rsid w:val="00122BF0"/>
     <w:rsid w:val="00123DC7"/>
     <w:rsid w:val="001249FE"/>
     <w:rsid w:val="00125B58"/>
     <w:rsid w:val="0013008F"/>
     <w:rsid w:val="001308B2"/>
     <w:rsid w:val="001336EF"/>
     <w:rsid w:val="0014079F"/>
     <w:rsid w:val="00140B85"/>
     <w:rsid w:val="0014661B"/>
     <w:rsid w:val="00151B49"/>
     <w:rsid w:val="00152614"/>
     <w:rsid w:val="00155BE6"/>
     <w:rsid w:val="00157D7A"/>
     <w:rsid w:val="00161E8B"/>
     <w:rsid w:val="00165192"/>
     <w:rsid w:val="00166230"/>
     <w:rsid w:val="00180C4D"/>
     <w:rsid w:val="00183B54"/>
     <w:rsid w:val="00185CCD"/>
     <w:rsid w:val="00186C1C"/>
     <w:rsid w:val="00187115"/>
     <w:rsid w:val="001874D8"/>
     <w:rsid w:val="001930DC"/>
     <w:rsid w:val="00193CC9"/>
     <w:rsid w:val="001A0EF4"/>
     <w:rsid w:val="001A1393"/>
     <w:rsid w:val="001A2007"/>
     <w:rsid w:val="001A28B6"/>
     <w:rsid w:val="001A7AEC"/>
     <w:rsid w:val="001A7DCB"/>
     <w:rsid w:val="001A7F35"/>
     <w:rsid w:val="001B5F13"/>
     <w:rsid w:val="001C022F"/>
     <w:rsid w:val="001C1ED0"/>
     <w:rsid w:val="001C4FC1"/>
     <w:rsid w:val="001C59EB"/>
     <w:rsid w:val="001D1568"/>
+    <w:rsid w:val="001D1D08"/>
     <w:rsid w:val="001D30EA"/>
     <w:rsid w:val="001D530A"/>
     <w:rsid w:val="001D5608"/>
     <w:rsid w:val="001D5804"/>
     <w:rsid w:val="001E4A8E"/>
     <w:rsid w:val="001E4C16"/>
     <w:rsid w:val="001E4FBE"/>
     <w:rsid w:val="001E634E"/>
     <w:rsid w:val="001F0E7D"/>
     <w:rsid w:val="001F3728"/>
     <w:rsid w:val="001F46B2"/>
     <w:rsid w:val="001F51BC"/>
     <w:rsid w:val="0020308B"/>
     <w:rsid w:val="002077EC"/>
     <w:rsid w:val="00207FA0"/>
     <w:rsid w:val="002112B4"/>
     <w:rsid w:val="00213E8B"/>
     <w:rsid w:val="00214D89"/>
     <w:rsid w:val="00214EFA"/>
     <w:rsid w:val="00220653"/>
     <w:rsid w:val="00221383"/>
     <w:rsid w:val="0022180C"/>
     <w:rsid w:val="00225827"/>
     <w:rsid w:val="00225AB6"/>
     <w:rsid w:val="002328A8"/>
     <w:rsid w:val="00234818"/>
     <w:rsid w:val="0023674B"/>
     <w:rsid w:val="002402F4"/>
     <w:rsid w:val="002423C2"/>
     <w:rsid w:val="0024410E"/>
     <w:rsid w:val="00245A00"/>
     <w:rsid w:val="00245C92"/>
     <w:rsid w:val="0025398F"/>
     <w:rsid w:val="0025400E"/>
     <w:rsid w:val="002576CF"/>
+    <w:rsid w:val="0026080A"/>
     <w:rsid w:val="00266D70"/>
     <w:rsid w:val="00271A83"/>
     <w:rsid w:val="00272641"/>
     <w:rsid w:val="00273020"/>
     <w:rsid w:val="002772DB"/>
     <w:rsid w:val="00280443"/>
     <w:rsid w:val="00282D88"/>
+    <w:rsid w:val="002831B4"/>
     <w:rsid w:val="00283306"/>
     <w:rsid w:val="00283EDB"/>
     <w:rsid w:val="00284609"/>
     <w:rsid w:val="0028542C"/>
     <w:rsid w:val="0029071E"/>
     <w:rsid w:val="002950CD"/>
     <w:rsid w:val="002A0A17"/>
     <w:rsid w:val="002A4B82"/>
     <w:rsid w:val="002A5950"/>
     <w:rsid w:val="002A60CB"/>
     <w:rsid w:val="002B3F86"/>
     <w:rsid w:val="002B4338"/>
     <w:rsid w:val="002B5CFB"/>
     <w:rsid w:val="002B5D76"/>
     <w:rsid w:val="002C03DA"/>
     <w:rsid w:val="002C5722"/>
     <w:rsid w:val="002C7F83"/>
     <w:rsid w:val="002D3029"/>
     <w:rsid w:val="002D51D3"/>
     <w:rsid w:val="002E0433"/>
     <w:rsid w:val="002E07ED"/>
     <w:rsid w:val="002E0F96"/>
     <w:rsid w:val="002E3675"/>
     <w:rsid w:val="002E3B0C"/>
     <w:rsid w:val="002E571E"/>
     <w:rsid w:val="002E7387"/>
     <w:rsid w:val="002F55E8"/>
     <w:rsid w:val="002F79DF"/>
     <w:rsid w:val="00300809"/>
+    <w:rsid w:val="00301698"/>
     <w:rsid w:val="003035BA"/>
     <w:rsid w:val="0030406E"/>
     <w:rsid w:val="00306F1A"/>
     <w:rsid w:val="00307E8E"/>
     <w:rsid w:val="00313476"/>
     <w:rsid w:val="003161E0"/>
     <w:rsid w:val="003210AE"/>
     <w:rsid w:val="003234EA"/>
     <w:rsid w:val="00323882"/>
     <w:rsid w:val="00325ACF"/>
     <w:rsid w:val="00331F11"/>
     <w:rsid w:val="003330F5"/>
     <w:rsid w:val="003404BB"/>
     <w:rsid w:val="003426F1"/>
     <w:rsid w:val="00344E93"/>
     <w:rsid w:val="00345795"/>
     <w:rsid w:val="0035393B"/>
     <w:rsid w:val="00355920"/>
     <w:rsid w:val="00361AE3"/>
     <w:rsid w:val="0036271D"/>
+    <w:rsid w:val="00366DF4"/>
     <w:rsid w:val="00372BBC"/>
     <w:rsid w:val="0037776C"/>
     <w:rsid w:val="00377B9D"/>
     <w:rsid w:val="00383875"/>
     <w:rsid w:val="003852AF"/>
     <w:rsid w:val="0039045D"/>
     <w:rsid w:val="003959D1"/>
     <w:rsid w:val="00395CDC"/>
     <w:rsid w:val="003961B6"/>
     <w:rsid w:val="003976A8"/>
     <w:rsid w:val="003A0E59"/>
     <w:rsid w:val="003A2915"/>
     <w:rsid w:val="003A4D45"/>
     <w:rsid w:val="003A5D5C"/>
     <w:rsid w:val="003B01C3"/>
     <w:rsid w:val="003B19EE"/>
     <w:rsid w:val="003B2B05"/>
     <w:rsid w:val="003B7346"/>
     <w:rsid w:val="003C05CE"/>
     <w:rsid w:val="003C15F2"/>
     <w:rsid w:val="003C20EE"/>
     <w:rsid w:val="003C4EB5"/>
     <w:rsid w:val="003C6232"/>
     <w:rsid w:val="003C65D8"/>
     <w:rsid w:val="003C777E"/>
     <w:rsid w:val="003C7F2A"/>
     <w:rsid w:val="003D1F8B"/>
     <w:rsid w:val="003D4252"/>
     <w:rsid w:val="003D52EA"/>
     <w:rsid w:val="003D6221"/>
     <w:rsid w:val="003D6B62"/>
     <w:rsid w:val="003D7221"/>
     <w:rsid w:val="003E47E5"/>
     <w:rsid w:val="003E6464"/>
     <w:rsid w:val="003F4075"/>
     <w:rsid w:val="00407101"/>
     <w:rsid w:val="00412929"/>
     <w:rsid w:val="00412C21"/>
     <w:rsid w:val="00413B79"/>
     <w:rsid w:val="00414BDD"/>
     <w:rsid w:val="00416CB7"/>
     <w:rsid w:val="00417130"/>
     <w:rsid w:val="00417920"/>
     <w:rsid w:val="00422363"/>
     <w:rsid w:val="00425252"/>
     <w:rsid w:val="004318C3"/>
+    <w:rsid w:val="00432759"/>
     <w:rsid w:val="004353EB"/>
     <w:rsid w:val="00437011"/>
     <w:rsid w:val="004370F8"/>
     <w:rsid w:val="00437C34"/>
     <w:rsid w:val="00441048"/>
     <w:rsid w:val="004436F5"/>
     <w:rsid w:val="00450A94"/>
     <w:rsid w:val="00451E58"/>
     <w:rsid w:val="00452EB9"/>
+    <w:rsid w:val="004541D7"/>
     <w:rsid w:val="004552C9"/>
     <w:rsid w:val="004558AE"/>
     <w:rsid w:val="00456C23"/>
     <w:rsid w:val="0046287E"/>
     <w:rsid w:val="00465F63"/>
     <w:rsid w:val="0046602D"/>
     <w:rsid w:val="0046642D"/>
     <w:rsid w:val="00466BD4"/>
     <w:rsid w:val="00466DF3"/>
     <w:rsid w:val="00467381"/>
     <w:rsid w:val="004755D6"/>
     <w:rsid w:val="00476DC6"/>
     <w:rsid w:val="00477924"/>
     <w:rsid w:val="00480308"/>
     <w:rsid w:val="0048190E"/>
     <w:rsid w:val="0048196E"/>
     <w:rsid w:val="00482FC9"/>
     <w:rsid w:val="0048310A"/>
     <w:rsid w:val="00483D58"/>
     <w:rsid w:val="0048459E"/>
     <w:rsid w:val="00487ACC"/>
     <w:rsid w:val="00492071"/>
     <w:rsid w:val="00492E2C"/>
     <w:rsid w:val="00496645"/>
     <w:rsid w:val="00497F15"/>
@@ -7267,73 +7395,76 @@
     <w:rsid w:val="00523431"/>
     <w:rsid w:val="00527E88"/>
     <w:rsid w:val="005309AB"/>
     <w:rsid w:val="00532D30"/>
     <w:rsid w:val="00535ACF"/>
     <w:rsid w:val="005406BD"/>
     <w:rsid w:val="00541161"/>
     <w:rsid w:val="00542BB1"/>
     <w:rsid w:val="00543E3D"/>
     <w:rsid w:val="00551106"/>
     <w:rsid w:val="00553635"/>
     <w:rsid w:val="00554E70"/>
     <w:rsid w:val="005550D3"/>
     <w:rsid w:val="00556712"/>
     <w:rsid w:val="00556D21"/>
     <w:rsid w:val="00561A6A"/>
     <w:rsid w:val="00565CB2"/>
     <w:rsid w:val="00566C31"/>
     <w:rsid w:val="00576508"/>
     <w:rsid w:val="00581B89"/>
     <w:rsid w:val="00584932"/>
     <w:rsid w:val="005854D1"/>
     <w:rsid w:val="005866E2"/>
     <w:rsid w:val="005870A5"/>
     <w:rsid w:val="00587229"/>
+    <w:rsid w:val="00591894"/>
     <w:rsid w:val="00595A6C"/>
     <w:rsid w:val="00595ABE"/>
     <w:rsid w:val="005A7259"/>
     <w:rsid w:val="005B06A4"/>
     <w:rsid w:val="005B0FA7"/>
     <w:rsid w:val="005B4AA5"/>
     <w:rsid w:val="005B6A66"/>
     <w:rsid w:val="005B7803"/>
     <w:rsid w:val="005C04A9"/>
     <w:rsid w:val="005C0B90"/>
     <w:rsid w:val="005C2870"/>
     <w:rsid w:val="005C39AF"/>
+    <w:rsid w:val="005D2D12"/>
     <w:rsid w:val="005D308E"/>
     <w:rsid w:val="005D464F"/>
     <w:rsid w:val="005D69BB"/>
     <w:rsid w:val="005E0D2E"/>
     <w:rsid w:val="005E1FE6"/>
     <w:rsid w:val="005F2676"/>
     <w:rsid w:val="005F3D27"/>
     <w:rsid w:val="005F5ED1"/>
     <w:rsid w:val="005F6749"/>
     <w:rsid w:val="005F678D"/>
     <w:rsid w:val="00600779"/>
+    <w:rsid w:val="006007E2"/>
     <w:rsid w:val="00606447"/>
     <w:rsid w:val="00606CDB"/>
     <w:rsid w:val="00606F70"/>
     <w:rsid w:val="00611760"/>
     <w:rsid w:val="00611AD1"/>
     <w:rsid w:val="006223DD"/>
     <w:rsid w:val="00625FFB"/>
     <w:rsid w:val="00626EE9"/>
     <w:rsid w:val="00626FD2"/>
     <w:rsid w:val="00631450"/>
     <w:rsid w:val="0063764C"/>
     <w:rsid w:val="00637A8C"/>
     <w:rsid w:val="00644C7C"/>
     <w:rsid w:val="00647B28"/>
     <w:rsid w:val="00651ECF"/>
     <w:rsid w:val="006524DF"/>
     <w:rsid w:val="0065680B"/>
     <w:rsid w:val="00657ED5"/>
     <w:rsid w:val="006655E9"/>
     <w:rsid w:val="00665D44"/>
     <w:rsid w:val="00670570"/>
     <w:rsid w:val="006735F2"/>
     <w:rsid w:val="006750C3"/>
     <w:rsid w:val="0067661B"/>
     <w:rsid w:val="00681F23"/>
@@ -7345,113 +7476,117 @@
     <w:rsid w:val="006A4ED5"/>
     <w:rsid w:val="006A5B8B"/>
     <w:rsid w:val="006A7B7F"/>
     <w:rsid w:val="006C09D3"/>
     <w:rsid w:val="006C0ED3"/>
     <w:rsid w:val="006C1608"/>
     <w:rsid w:val="006C29D7"/>
     <w:rsid w:val="006C46DA"/>
     <w:rsid w:val="006C6446"/>
     <w:rsid w:val="006C71B8"/>
     <w:rsid w:val="006D1314"/>
     <w:rsid w:val="006D2818"/>
     <w:rsid w:val="006D5681"/>
     <w:rsid w:val="006D667E"/>
     <w:rsid w:val="006E096F"/>
     <w:rsid w:val="006E138B"/>
     <w:rsid w:val="006E7C4D"/>
     <w:rsid w:val="00701E73"/>
     <w:rsid w:val="007050B5"/>
     <w:rsid w:val="00714012"/>
     <w:rsid w:val="00717AC9"/>
     <w:rsid w:val="00724493"/>
     <w:rsid w:val="00724D12"/>
     <w:rsid w:val="00725D3A"/>
     <w:rsid w:val="00732C64"/>
+    <w:rsid w:val="0073678A"/>
     <w:rsid w:val="0074338A"/>
     <w:rsid w:val="007516B9"/>
     <w:rsid w:val="00753E5F"/>
     <w:rsid w:val="00754520"/>
     <w:rsid w:val="00755599"/>
     <w:rsid w:val="0076094D"/>
     <w:rsid w:val="00761543"/>
     <w:rsid w:val="00767C25"/>
     <w:rsid w:val="00771579"/>
     <w:rsid w:val="007741D1"/>
     <w:rsid w:val="007849E6"/>
     <w:rsid w:val="007854B2"/>
     <w:rsid w:val="00795002"/>
     <w:rsid w:val="0079712A"/>
     <w:rsid w:val="007A2B5C"/>
     <w:rsid w:val="007A3B66"/>
     <w:rsid w:val="007A4204"/>
     <w:rsid w:val="007A5928"/>
     <w:rsid w:val="007A6669"/>
     <w:rsid w:val="007A6BFA"/>
     <w:rsid w:val="007B2554"/>
     <w:rsid w:val="007B2AD0"/>
     <w:rsid w:val="007B4040"/>
     <w:rsid w:val="007B49A0"/>
     <w:rsid w:val="007B5653"/>
+    <w:rsid w:val="007B7741"/>
     <w:rsid w:val="007B7B2E"/>
     <w:rsid w:val="007C0210"/>
     <w:rsid w:val="007C050D"/>
     <w:rsid w:val="007C75C5"/>
     <w:rsid w:val="007C7734"/>
     <w:rsid w:val="007C77F4"/>
     <w:rsid w:val="007D0962"/>
     <w:rsid w:val="007D1BEB"/>
     <w:rsid w:val="007D5676"/>
+    <w:rsid w:val="007D5EDF"/>
     <w:rsid w:val="007E05CF"/>
     <w:rsid w:val="007E22CD"/>
     <w:rsid w:val="007E23F7"/>
     <w:rsid w:val="007E26B9"/>
     <w:rsid w:val="007E3678"/>
     <w:rsid w:val="007E3842"/>
     <w:rsid w:val="007E3D78"/>
     <w:rsid w:val="007E48E8"/>
     <w:rsid w:val="007E507A"/>
     <w:rsid w:val="007E6458"/>
     <w:rsid w:val="007E6825"/>
     <w:rsid w:val="007E736A"/>
     <w:rsid w:val="007F2A9D"/>
     <w:rsid w:val="007F3469"/>
     <w:rsid w:val="007F625F"/>
     <w:rsid w:val="00800835"/>
     <w:rsid w:val="008033F0"/>
     <w:rsid w:val="00803D70"/>
     <w:rsid w:val="0080490D"/>
     <w:rsid w:val="008052B8"/>
     <w:rsid w:val="008062BF"/>
     <w:rsid w:val="00811A90"/>
     <w:rsid w:val="00813A38"/>
     <w:rsid w:val="00814AAB"/>
     <w:rsid w:val="00816F65"/>
     <w:rsid w:val="0081771C"/>
     <w:rsid w:val="00821147"/>
     <w:rsid w:val="00821218"/>
     <w:rsid w:val="00824930"/>
+    <w:rsid w:val="00827D7B"/>
     <w:rsid w:val="00827EF0"/>
     <w:rsid w:val="00832667"/>
     <w:rsid w:val="00832D72"/>
     <w:rsid w:val="008346CD"/>
     <w:rsid w:val="008364FD"/>
     <w:rsid w:val="00847933"/>
     <w:rsid w:val="00850322"/>
     <w:rsid w:val="0085587C"/>
     <w:rsid w:val="008572D3"/>
     <w:rsid w:val="008577C1"/>
     <w:rsid w:val="00857A01"/>
     <w:rsid w:val="008604E9"/>
     <w:rsid w:val="00865B07"/>
     <w:rsid w:val="00875708"/>
     <w:rsid w:val="00875A29"/>
     <w:rsid w:val="00882A90"/>
     <w:rsid w:val="00885DD0"/>
     <w:rsid w:val="00885E4B"/>
     <w:rsid w:val="00890985"/>
     <w:rsid w:val="008909DD"/>
     <w:rsid w:val="00890F56"/>
     <w:rsid w:val="008926D5"/>
     <w:rsid w:val="00892F6C"/>
     <w:rsid w:val="008954C9"/>
     <w:rsid w:val="00897B99"/>
@@ -7459,106 +7594,109 @@
     <w:rsid w:val="008A48B9"/>
     <w:rsid w:val="008A4B76"/>
     <w:rsid w:val="008A5BBF"/>
     <w:rsid w:val="008B5FA9"/>
     <w:rsid w:val="008B7686"/>
     <w:rsid w:val="008C2E26"/>
     <w:rsid w:val="008C3D59"/>
     <w:rsid w:val="008C3E31"/>
     <w:rsid w:val="008C5B39"/>
     <w:rsid w:val="008C5E66"/>
     <w:rsid w:val="008D2358"/>
     <w:rsid w:val="008E0D38"/>
     <w:rsid w:val="008E51FA"/>
     <w:rsid w:val="008E522A"/>
     <w:rsid w:val="008F2333"/>
     <w:rsid w:val="008F5A44"/>
     <w:rsid w:val="009000FF"/>
     <w:rsid w:val="009016BF"/>
     <w:rsid w:val="009017BB"/>
     <w:rsid w:val="0090202B"/>
     <w:rsid w:val="00902B38"/>
     <w:rsid w:val="009041E2"/>
     <w:rsid w:val="009051E0"/>
     <w:rsid w:val="009105EE"/>
     <w:rsid w:val="0091096C"/>
+    <w:rsid w:val="00911A62"/>
     <w:rsid w:val="00912F22"/>
     <w:rsid w:val="00913E73"/>
     <w:rsid w:val="009141A7"/>
     <w:rsid w:val="009145E6"/>
     <w:rsid w:val="009159D4"/>
     <w:rsid w:val="00917AAF"/>
     <w:rsid w:val="009202E3"/>
     <w:rsid w:val="00921BA8"/>
     <w:rsid w:val="009243B3"/>
+    <w:rsid w:val="00927238"/>
     <w:rsid w:val="009273BE"/>
     <w:rsid w:val="00931CE6"/>
     <w:rsid w:val="00935874"/>
     <w:rsid w:val="009406FB"/>
     <w:rsid w:val="009409C9"/>
     <w:rsid w:val="00940D58"/>
     <w:rsid w:val="009416F8"/>
     <w:rsid w:val="00942955"/>
     <w:rsid w:val="00943383"/>
     <w:rsid w:val="00944E25"/>
     <w:rsid w:val="009462BD"/>
     <w:rsid w:val="009465EA"/>
     <w:rsid w:val="009565C2"/>
     <w:rsid w:val="00957A45"/>
     <w:rsid w:val="00960C23"/>
     <w:rsid w:val="00960F8A"/>
     <w:rsid w:val="00964213"/>
     <w:rsid w:val="00964987"/>
     <w:rsid w:val="00964993"/>
     <w:rsid w:val="00964A3D"/>
     <w:rsid w:val="00964CFB"/>
     <w:rsid w:val="00965D38"/>
     <w:rsid w:val="00965DC6"/>
     <w:rsid w:val="00967575"/>
     <w:rsid w:val="009713A1"/>
     <w:rsid w:val="009747EA"/>
     <w:rsid w:val="00974A87"/>
     <w:rsid w:val="00980C74"/>
     <w:rsid w:val="00981869"/>
     <w:rsid w:val="00982755"/>
     <w:rsid w:val="00983455"/>
     <w:rsid w:val="00987E9E"/>
     <w:rsid w:val="009914ED"/>
     <w:rsid w:val="009937BC"/>
     <w:rsid w:val="009966CE"/>
     <w:rsid w:val="00996898"/>
     <w:rsid w:val="009A34A4"/>
     <w:rsid w:val="009A680F"/>
     <w:rsid w:val="009A6E58"/>
     <w:rsid w:val="009B1923"/>
     <w:rsid w:val="009B6176"/>
     <w:rsid w:val="009C11EE"/>
     <w:rsid w:val="009C17D0"/>
     <w:rsid w:val="009C2BF6"/>
     <w:rsid w:val="009C307F"/>
     <w:rsid w:val="009C344D"/>
     <w:rsid w:val="009C60E2"/>
+    <w:rsid w:val="009C72F7"/>
     <w:rsid w:val="009D0486"/>
     <w:rsid w:val="009D1AE8"/>
     <w:rsid w:val="009D2545"/>
     <w:rsid w:val="009D3BD9"/>
     <w:rsid w:val="009D463F"/>
     <w:rsid w:val="009D4656"/>
     <w:rsid w:val="009D5069"/>
     <w:rsid w:val="009E18DE"/>
     <w:rsid w:val="009E1B59"/>
     <w:rsid w:val="009E274E"/>
     <w:rsid w:val="009E2E24"/>
     <w:rsid w:val="009E3070"/>
     <w:rsid w:val="009E34AD"/>
     <w:rsid w:val="009E521F"/>
     <w:rsid w:val="009E5C1E"/>
     <w:rsid w:val="009F2F77"/>
     <w:rsid w:val="009F6A2A"/>
     <w:rsid w:val="009F732C"/>
     <w:rsid w:val="009F7649"/>
     <w:rsid w:val="009F7EA3"/>
     <w:rsid w:val="00A01D66"/>
     <w:rsid w:val="00A0232C"/>
     <w:rsid w:val="00A06B1F"/>
     <w:rsid w:val="00A077D6"/>
     <w:rsid w:val="00A106AD"/>
@@ -7577,70 +7715,72 @@
     <w:rsid w:val="00A306F6"/>
     <w:rsid w:val="00A3429B"/>
     <w:rsid w:val="00A35887"/>
     <w:rsid w:val="00A362DE"/>
     <w:rsid w:val="00A3773D"/>
     <w:rsid w:val="00A37BFB"/>
     <w:rsid w:val="00A40B28"/>
     <w:rsid w:val="00A42F97"/>
     <w:rsid w:val="00A46463"/>
     <w:rsid w:val="00A472AE"/>
     <w:rsid w:val="00A51796"/>
     <w:rsid w:val="00A52252"/>
     <w:rsid w:val="00A52B4B"/>
     <w:rsid w:val="00A54E68"/>
     <w:rsid w:val="00A57ACD"/>
     <w:rsid w:val="00A57E60"/>
     <w:rsid w:val="00A6409F"/>
     <w:rsid w:val="00A66230"/>
     <w:rsid w:val="00A6656E"/>
     <w:rsid w:val="00A66F11"/>
     <w:rsid w:val="00A71E0E"/>
     <w:rsid w:val="00A7229F"/>
     <w:rsid w:val="00A7380B"/>
     <w:rsid w:val="00A757D1"/>
     <w:rsid w:val="00A80E25"/>
+    <w:rsid w:val="00A814C8"/>
     <w:rsid w:val="00A858D4"/>
     <w:rsid w:val="00A877A9"/>
     <w:rsid w:val="00A923DC"/>
     <w:rsid w:val="00A94972"/>
     <w:rsid w:val="00A94A99"/>
     <w:rsid w:val="00A95CCF"/>
     <w:rsid w:val="00A97542"/>
     <w:rsid w:val="00AA2400"/>
     <w:rsid w:val="00AA2BBD"/>
     <w:rsid w:val="00AA5C71"/>
     <w:rsid w:val="00AA7EE9"/>
     <w:rsid w:val="00AB15C7"/>
     <w:rsid w:val="00AB2611"/>
     <w:rsid w:val="00AC330B"/>
     <w:rsid w:val="00AC526A"/>
     <w:rsid w:val="00AC55B6"/>
     <w:rsid w:val="00AC6607"/>
     <w:rsid w:val="00AC7097"/>
     <w:rsid w:val="00ACA484"/>
     <w:rsid w:val="00AD63D0"/>
+    <w:rsid w:val="00AD66DE"/>
     <w:rsid w:val="00AE1AFD"/>
     <w:rsid w:val="00AE67EC"/>
     <w:rsid w:val="00AF05A2"/>
     <w:rsid w:val="00AF0804"/>
     <w:rsid w:val="00AF2929"/>
     <w:rsid w:val="00AF393E"/>
     <w:rsid w:val="00B01461"/>
     <w:rsid w:val="00B06C02"/>
     <w:rsid w:val="00B1473E"/>
     <w:rsid w:val="00B16EB7"/>
     <w:rsid w:val="00B1790C"/>
     <w:rsid w:val="00B2209E"/>
     <w:rsid w:val="00B22BBE"/>
     <w:rsid w:val="00B27D18"/>
     <w:rsid w:val="00B33030"/>
     <w:rsid w:val="00B33CFE"/>
     <w:rsid w:val="00B34882"/>
     <w:rsid w:val="00B35E48"/>
     <w:rsid w:val="00B36F50"/>
     <w:rsid w:val="00B372A0"/>
     <w:rsid w:val="00B3763A"/>
     <w:rsid w:val="00B41826"/>
     <w:rsid w:val="00B41F13"/>
     <w:rsid w:val="00B42F0A"/>
     <w:rsid w:val="00B433B3"/>
@@ -7668,104 +7808,107 @@
     <w:rsid w:val="00B95EA0"/>
     <w:rsid w:val="00B96CFC"/>
     <w:rsid w:val="00BA2E5A"/>
     <w:rsid w:val="00BA3BAC"/>
     <w:rsid w:val="00BA3CA8"/>
     <w:rsid w:val="00BA4384"/>
     <w:rsid w:val="00BA5EDF"/>
     <w:rsid w:val="00BA6ED7"/>
     <w:rsid w:val="00BA7493"/>
     <w:rsid w:val="00BB1691"/>
     <w:rsid w:val="00BB1845"/>
     <w:rsid w:val="00BB189B"/>
     <w:rsid w:val="00BB19CC"/>
     <w:rsid w:val="00BB1F97"/>
     <w:rsid w:val="00BB35EF"/>
     <w:rsid w:val="00BB44E3"/>
     <w:rsid w:val="00BB5DB3"/>
     <w:rsid w:val="00BB6369"/>
     <w:rsid w:val="00BC0B60"/>
     <w:rsid w:val="00BC1C1B"/>
     <w:rsid w:val="00BC38BE"/>
     <w:rsid w:val="00BC3A02"/>
     <w:rsid w:val="00BC3D09"/>
     <w:rsid w:val="00BC3D80"/>
     <w:rsid w:val="00BC4FDF"/>
+    <w:rsid w:val="00BC61EB"/>
     <w:rsid w:val="00BC6312"/>
     <w:rsid w:val="00BD143E"/>
     <w:rsid w:val="00BD5FE5"/>
     <w:rsid w:val="00BD7AF4"/>
     <w:rsid w:val="00BE1595"/>
     <w:rsid w:val="00BE16C4"/>
     <w:rsid w:val="00BE3DF7"/>
     <w:rsid w:val="00BE4794"/>
     <w:rsid w:val="00BE5CFD"/>
     <w:rsid w:val="00BF053D"/>
     <w:rsid w:val="00BF4B55"/>
     <w:rsid w:val="00BF5C96"/>
     <w:rsid w:val="00BF70D9"/>
     <w:rsid w:val="00BF72DB"/>
     <w:rsid w:val="00BF7844"/>
     <w:rsid w:val="00C006EF"/>
     <w:rsid w:val="00C00CEA"/>
     <w:rsid w:val="00C05195"/>
+    <w:rsid w:val="00C05935"/>
     <w:rsid w:val="00C11DF9"/>
     <w:rsid w:val="00C14781"/>
     <w:rsid w:val="00C14AF4"/>
     <w:rsid w:val="00C15C2B"/>
     <w:rsid w:val="00C2175D"/>
     <w:rsid w:val="00C22DE3"/>
     <w:rsid w:val="00C235A2"/>
     <w:rsid w:val="00C249A2"/>
     <w:rsid w:val="00C26AF3"/>
     <w:rsid w:val="00C27752"/>
     <w:rsid w:val="00C30448"/>
     <w:rsid w:val="00C30FAA"/>
     <w:rsid w:val="00C327F8"/>
     <w:rsid w:val="00C35F33"/>
     <w:rsid w:val="00C42745"/>
     <w:rsid w:val="00C46721"/>
     <w:rsid w:val="00C47F8C"/>
     <w:rsid w:val="00C50595"/>
     <w:rsid w:val="00C5156D"/>
     <w:rsid w:val="00C5161A"/>
     <w:rsid w:val="00C51B87"/>
     <w:rsid w:val="00C626FE"/>
     <w:rsid w:val="00C628A1"/>
     <w:rsid w:val="00C62975"/>
     <w:rsid w:val="00C638FD"/>
     <w:rsid w:val="00C63961"/>
     <w:rsid w:val="00C639B6"/>
     <w:rsid w:val="00C64BD2"/>
     <w:rsid w:val="00C6553B"/>
     <w:rsid w:val="00C720EC"/>
     <w:rsid w:val="00C72D20"/>
     <w:rsid w:val="00C73A16"/>
     <w:rsid w:val="00C73FBF"/>
     <w:rsid w:val="00C80BC1"/>
     <w:rsid w:val="00C80C13"/>
     <w:rsid w:val="00C828F4"/>
+    <w:rsid w:val="00C82C89"/>
     <w:rsid w:val="00C858DF"/>
     <w:rsid w:val="00C92639"/>
     <w:rsid w:val="00CA0531"/>
     <w:rsid w:val="00CA3FD4"/>
     <w:rsid w:val="00CA462F"/>
     <w:rsid w:val="00CB255B"/>
     <w:rsid w:val="00CB27D9"/>
     <w:rsid w:val="00CB457F"/>
     <w:rsid w:val="00CB4A73"/>
     <w:rsid w:val="00CB53B0"/>
     <w:rsid w:val="00CB7432"/>
     <w:rsid w:val="00CC12B8"/>
     <w:rsid w:val="00CC5C17"/>
     <w:rsid w:val="00CD0D3C"/>
     <w:rsid w:val="00CD1097"/>
     <w:rsid w:val="00CD160C"/>
     <w:rsid w:val="00CD20A9"/>
     <w:rsid w:val="00CD3508"/>
     <w:rsid w:val="00CE0D58"/>
     <w:rsid w:val="00CE10D9"/>
     <w:rsid w:val="00CE26DA"/>
     <w:rsid w:val="00CE4D83"/>
     <w:rsid w:val="00CE561C"/>
     <w:rsid w:val="00CE594D"/>
     <w:rsid w:val="00CE5DCE"/>
@@ -7838,134 +7981,141 @@
     <w:rsid w:val="00DF34CC"/>
     <w:rsid w:val="00DF3C36"/>
     <w:rsid w:val="00DF6B3C"/>
     <w:rsid w:val="00DF739E"/>
     <w:rsid w:val="00E03FAC"/>
     <w:rsid w:val="00E04D40"/>
     <w:rsid w:val="00E10B2B"/>
     <w:rsid w:val="00E1153F"/>
     <w:rsid w:val="00E117B9"/>
     <w:rsid w:val="00E14A97"/>
     <w:rsid w:val="00E162EF"/>
     <w:rsid w:val="00E20C45"/>
     <w:rsid w:val="00E21B18"/>
     <w:rsid w:val="00E21F85"/>
     <w:rsid w:val="00E22FA7"/>
     <w:rsid w:val="00E2453D"/>
     <w:rsid w:val="00E2519E"/>
     <w:rsid w:val="00E2587A"/>
     <w:rsid w:val="00E274C9"/>
     <w:rsid w:val="00E2760B"/>
     <w:rsid w:val="00E32125"/>
     <w:rsid w:val="00E335CA"/>
     <w:rsid w:val="00E34554"/>
     <w:rsid w:val="00E3623F"/>
     <w:rsid w:val="00E378DE"/>
+    <w:rsid w:val="00E407CC"/>
     <w:rsid w:val="00E45E2E"/>
     <w:rsid w:val="00E469F5"/>
     <w:rsid w:val="00E47E29"/>
     <w:rsid w:val="00E5140A"/>
     <w:rsid w:val="00E51B48"/>
     <w:rsid w:val="00E52504"/>
     <w:rsid w:val="00E5369A"/>
     <w:rsid w:val="00E556D3"/>
     <w:rsid w:val="00E5610A"/>
     <w:rsid w:val="00E57706"/>
     <w:rsid w:val="00E6323F"/>
     <w:rsid w:val="00E667ED"/>
     <w:rsid w:val="00E669E4"/>
     <w:rsid w:val="00E709A4"/>
     <w:rsid w:val="00E747A4"/>
     <w:rsid w:val="00E805D1"/>
     <w:rsid w:val="00E8305A"/>
     <w:rsid w:val="00E83191"/>
     <w:rsid w:val="00E84121"/>
     <w:rsid w:val="00E8414B"/>
     <w:rsid w:val="00E84380"/>
     <w:rsid w:val="00E8681C"/>
     <w:rsid w:val="00E95044"/>
     <w:rsid w:val="00EA1CE3"/>
     <w:rsid w:val="00EA2437"/>
     <w:rsid w:val="00EA29AE"/>
     <w:rsid w:val="00EA2CA6"/>
     <w:rsid w:val="00EA2E38"/>
     <w:rsid w:val="00EA31AD"/>
     <w:rsid w:val="00EB043A"/>
+    <w:rsid w:val="00EB4DD1"/>
     <w:rsid w:val="00EB5A4E"/>
     <w:rsid w:val="00EC1E50"/>
     <w:rsid w:val="00EC76D8"/>
     <w:rsid w:val="00ED4B97"/>
     <w:rsid w:val="00ED77CD"/>
     <w:rsid w:val="00EE05D6"/>
     <w:rsid w:val="00EE0E61"/>
     <w:rsid w:val="00EE2B4D"/>
     <w:rsid w:val="00EE30DF"/>
+    <w:rsid w:val="00EE3237"/>
     <w:rsid w:val="00EE347B"/>
     <w:rsid w:val="00EE6449"/>
     <w:rsid w:val="00EF17CD"/>
     <w:rsid w:val="00F013C3"/>
     <w:rsid w:val="00F013D0"/>
     <w:rsid w:val="00F147B3"/>
+    <w:rsid w:val="00F15F39"/>
     <w:rsid w:val="00F207FC"/>
     <w:rsid w:val="00F2349B"/>
     <w:rsid w:val="00F271C4"/>
     <w:rsid w:val="00F27D95"/>
     <w:rsid w:val="00F31800"/>
     <w:rsid w:val="00F32415"/>
     <w:rsid w:val="00F3666F"/>
     <w:rsid w:val="00F37B6F"/>
     <w:rsid w:val="00F418BA"/>
     <w:rsid w:val="00F43A66"/>
+    <w:rsid w:val="00F4522A"/>
     <w:rsid w:val="00F46A77"/>
     <w:rsid w:val="00F47E2E"/>
     <w:rsid w:val="00F521DA"/>
     <w:rsid w:val="00F52C7E"/>
     <w:rsid w:val="00F52D77"/>
     <w:rsid w:val="00F53506"/>
     <w:rsid w:val="00F571ED"/>
     <w:rsid w:val="00F60328"/>
     <w:rsid w:val="00F6259D"/>
     <w:rsid w:val="00F66385"/>
     <w:rsid w:val="00F70FDA"/>
     <w:rsid w:val="00F718B9"/>
     <w:rsid w:val="00F80FDE"/>
+    <w:rsid w:val="00F83AC5"/>
     <w:rsid w:val="00F9063F"/>
     <w:rsid w:val="00F91ABE"/>
     <w:rsid w:val="00F9296A"/>
     <w:rsid w:val="00F97385"/>
     <w:rsid w:val="00FA18BB"/>
     <w:rsid w:val="00FA21F7"/>
     <w:rsid w:val="00FA512A"/>
     <w:rsid w:val="00FB1B63"/>
     <w:rsid w:val="00FB1B69"/>
     <w:rsid w:val="00FB72AA"/>
     <w:rsid w:val="00FC215B"/>
     <w:rsid w:val="00FD272E"/>
     <w:rsid w:val="00FD45BC"/>
     <w:rsid w:val="00FD476C"/>
     <w:rsid w:val="00FD4D17"/>
     <w:rsid w:val="00FE333F"/>
+    <w:rsid w:val="00FE636C"/>
     <w:rsid w:val="00FE7333"/>
     <w:rsid w:val="00FF282C"/>
     <w:rsid w:val="00FF45D4"/>
     <w:rsid w:val="00FF5FE9"/>
     <w:rsid w:val="012FDB67"/>
     <w:rsid w:val="013DF522"/>
     <w:rsid w:val="01456D50"/>
     <w:rsid w:val="029AA37D"/>
     <w:rsid w:val="02ED15C7"/>
     <w:rsid w:val="03BA3CB6"/>
     <w:rsid w:val="03D4914A"/>
     <w:rsid w:val="03E17889"/>
     <w:rsid w:val="03E56A02"/>
     <w:rsid w:val="0419506A"/>
     <w:rsid w:val="0470656B"/>
     <w:rsid w:val="051A617A"/>
     <w:rsid w:val="05EB900E"/>
     <w:rsid w:val="069C59A8"/>
     <w:rsid w:val="07313662"/>
     <w:rsid w:val="0765037E"/>
     <w:rsid w:val="07C1702B"/>
     <w:rsid w:val="07C5C53B"/>
     <w:rsid w:val="0855A1E0"/>
     <w:rsid w:val="08E67BF9"/>
     <w:rsid w:val="08E9369A"/>
@@ -9418,90 +9568,52 @@
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <CoverPageProperties xmlns="http://schemas.microsoft.com/office/2006/coverPageProps">
   <PublishDate/>
   <Abstract/>
   <CompanyAddress/>
   <CompanyPhone/>
   <CompanyFax/>
   <CompanyEmail/>
 </CoverPageProperties>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...38 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7db59ae1-5a31-43a4-b973-cb3a37006d0a" xmlns:ns3="89f18ac3-ee13-4990-9908-0c061c07acfa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f89e3af7fb6eaca0ca27cd6cd44eb4ec" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D77BA48227E5224E8911F905A9588E32" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="e71773a040cd5aae6cdd4ce2f4965329">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7db59ae1-5a31-43a4-b973-cb3a37006d0a" xmlns:ns3="89f18ac3-ee13-4990-9908-0c061c07acfa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="e5ad1effe0e443b771dad985efd4e0f5" ns2:_="" ns3:_="">
     <xsd:import namespace="7db59ae1-5a31-43a4-b973-cb3a37006d0a"/>
     <xsd:import namespace="89f18ac3-ee13-4990-9908-0c061c07acfa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
@@ -9702,374 +9814,178 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="7db59ae1-5a31-43a4-b973-cb3a37006d0a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="89f18ac3-ee13-4990-9908-0c061c07acfa" xsi:nil="true"/>
+    <SharedWithUsers xmlns="89f18ac3-ee13-4990-9908-0c061c07acfa">
+      <UserInfo>
+        <DisplayName>Elizabeth Gilibert</DisplayName>
+        <AccountId>15</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Rosy Bainton</DisplayName>
+        <AccountId>10</AccountId>
+        <AccountType/>
+      </UserInfo>
+      <UserInfo>
+        <DisplayName>Lauren Bierman</DisplayName>
+        <AccountId>48</AccountId>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <Date xmlns="7db59ae1-5a31-43a4-b973-cb3a37006d0a" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{55AF091B-3C7A-41E3-B477-F2FDAA23CFDA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/coverPageProps"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25051AEA-4F73-4925-9937-563A222C4B45}">
-[...18 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{428A0439-2244-4B9E-839D-F6E080E17B44}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EBEDE1EC-4A69-40CE-A916-FCC5E7934423}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7db59ae1-5a31-43a4-b973-cb3a37006d0a"/>
     <ds:schemaRef ds:uri="89f18ac3-ee13-4990-9908-0c061c07acfa"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{25051AEA-4F73-4925-9937-563A222C4B45}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7db59ae1-5a31-43a4-b973-cb3a37006d0a"/>
+    <ds:schemaRef ds:uri="89f18ac3-ee13-4990-9908-0c061c07acfa"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4906DC4-7006-44F2-B485-18382F9A2BC5}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F2422703-87BF-416D-B3E6-DA75FC5EF617}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>10500</Characters>
+  <Pages>6</Pages>
+  <Words>1896</Words>
+  <Characters>10510</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>87</Lines>
-  <Paragraphs>24</Paragraphs>
+  <Lines>291</Lines>
+  <Paragraphs>210</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12317</CharactersWithSpaces>
+  <CharactersWithSpaces>12196</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
-    <vt:vector size="84" baseType="variant">
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1507418</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://ftc-resources.firstinspires.org/ftc/event/videos</vt:lpwstr>
-      </vt:variant>
-[...232 lines deleted...]
-        <vt:lpwstr>mailto:kbk@firstinspires.org</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jenny Vanderheiden</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 