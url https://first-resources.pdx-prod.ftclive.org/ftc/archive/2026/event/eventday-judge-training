--- v0 (2025-11-04)
+++ v1 (2026-02-04)
@@ -21,158 +21,182 @@
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide31.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide32.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide33.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide34.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide35.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide36.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide37.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide38.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide39.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide40.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide41.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
+  <Override PartName="/ppt/slides/slide42.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/comments/modernComment_15F_A6E3F9C8.xml" ContentType="application/vnd.ms-powerpoint.comments+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
-  <Override PartName="/ppt/comments/modernComment_167_5469C56F.xml" ContentType="application/vnd.ms-powerpoint.comments+xml"/>
-  <Override PartName="/ppt/changesInfos/changesInfo1.xml" ContentType="application/vnd.ms-powerpoint.changesinfo+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide24.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide25.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide26.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide27.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide28.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide29.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/notesSlides/notesSlide30.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
+  <Override PartName="/ppt/revisionInfo.xml" ContentType="application/vnd.ms-powerpoint.revisioninfo+xml"/>
   <Override PartName="/ppt/authors.xml" ContentType="application/vnd.ms-powerpoint.authors+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/docMetadata/LabelInfo.xml" ContentType="application/vnd.ms-office.classificationlabels+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId6" Type="http://schemas.microsoft.com/office/2020/02/relationships/classificationlabels" Target="docMetadata/LabelInfo.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483912" r:id="rId4"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId38"/>
+    <p:notesMasterId r:id="rId47"/>
   </p:notesMasterIdLst>
   <p:sldIdLst>
-    <p:sldId id="325" r:id="rId5"/>
-[...31 lines deleted...]
-    <p:sldId id="359" r:id="rId37"/>
+    <p:sldId id="364" r:id="rId5"/>
+    <p:sldId id="325" r:id="rId6"/>
+    <p:sldId id="256" r:id="rId7"/>
+    <p:sldId id="261" r:id="rId8"/>
+    <p:sldId id="370" r:id="rId9"/>
+    <p:sldId id="333" r:id="rId10"/>
+    <p:sldId id="337" r:id="rId11"/>
+    <p:sldId id="332" r:id="rId12"/>
+    <p:sldId id="334" r:id="rId13"/>
+    <p:sldId id="338" r:id="rId14"/>
+    <p:sldId id="363" r:id="rId15"/>
+    <p:sldId id="339" r:id="rId16"/>
+    <p:sldId id="340" r:id="rId17"/>
+    <p:sldId id="372" r:id="rId18"/>
+    <p:sldId id="341" r:id="rId19"/>
+    <p:sldId id="342" r:id="rId20"/>
+    <p:sldId id="343" r:id="rId21"/>
+    <p:sldId id="344" r:id="rId22"/>
+    <p:sldId id="345" r:id="rId23"/>
+    <p:sldId id="346" r:id="rId24"/>
+    <p:sldId id="347" r:id="rId25"/>
+    <p:sldId id="348" r:id="rId26"/>
+    <p:sldId id="349" r:id="rId27"/>
+    <p:sldId id="350" r:id="rId28"/>
+    <p:sldId id="351" r:id="rId29"/>
+    <p:sldId id="352" r:id="rId30"/>
+    <p:sldId id="361" r:id="rId31"/>
+    <p:sldId id="335" r:id="rId32"/>
+    <p:sldId id="354" r:id="rId33"/>
+    <p:sldId id="356" r:id="rId34"/>
+    <p:sldId id="336" r:id="rId35"/>
+    <p:sldId id="357" r:id="rId36"/>
+    <p:sldId id="358" r:id="rId37"/>
+    <p:sldId id="360" r:id="rId38"/>
+    <p:sldId id="371" r:id="rId39"/>
+    <p:sldId id="359" r:id="rId40"/>
+    <p:sldId id="365" r:id="rId41"/>
+    <p:sldId id="366" r:id="rId42"/>
+    <p:sldId id="367" r:id="rId43"/>
+    <p:sldId id="368" r:id="rId44"/>
+    <p:sldId id="369" r:id="rId45"/>
+    <p:sldId id="373" r:id="rId46"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="5143500" type="screen16x9"/>
   <p:notesSz cx="6858000" cy="9144000"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="en-US"/>
     </a:defPPr>
     <a:lvl1pPr marL="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1800" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
@@ -251,339 +275,467 @@
   </p:defaultTextStyle>
   <p:extLst>
     <p:ext uri="{EFAFB233-063F-42B5-8137-9DF3F51BA10A}">
       <p15:sldGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main">
         <p15:guide id="1" orient="horz" pos="1620">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
         <p15:guide id="2" pos="2880">
           <p15:clr>
             <a:srgbClr val="A4A3A4"/>
           </p15:clr>
         </p15:guide>
       </p15:sldGuideLst>
     </p:ext>
     <p:ext uri="{2D200454-40CA-4A62-9FC3-DE9A4176ACB9}">
       <p15:notesGuideLst xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main"/>
     </p:ext>
   </p:extLst>
 </p:presentation>
 </file>
 
 <file path=ppt/authors.xml><?xml version="1.0" encoding="utf-8"?>
 <p188:authorLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p188="http://schemas.microsoft.com/office/powerpoint/2018/8/main">
+  <p188:author id="{BA6FCF1E-CD3C-E2E3-F66D-10912D86A536}" name="Christopher Silvano" initials="CS" userId="S::csilvano@firstinspires.org::cda874ab-0fc5-4b68-aded-216f42296416" providerId="AD"/>
   <p188:author id="{5A2A951F-A493-352E-541F-E1D28510AB46}" name="Rachel Moore" initials="RM" userId="S::rmoore@firstinspires.org::fa9e246f-1abd-4dac-a8e8-b01c131da39a" providerId="AD"/>
   <p188:author id="{7AF79F6D-8F25-BD18-896E-F6AE3EA83444}" name="JoAnn Halloran" initials="" userId="S::jhalloran@firstinspires.org::8b539cdf-53c9-4473-ad16-7fa8262a423d" providerId="AD"/>
   <p188:author id="{462CD1E6-A7C9-32C2-6F7F-C2CD5E97C9FD}" name="Collin Fultz" initials="" userId="S::cfultz@firstinspires.org::363e1b86-f3e8-4cb8-81bb-aa7404d8092d" providerId="AD"/>
 </p188:authorLst>
 </file>
 
 <file path=ppt/presProps.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentationPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:showPr showNarration="1">
     <p:present/>
     <p:sldAll/>
     <p:penClr>
       <a:prstClr val="red"/>
     </p:penClr>
     <p:extLst>
       <p:ext uri="{EC167BDD-8182-4AB7-AECC-EB403E3ABB37}">
         <p14:laserClr xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
           <a:srgbClr val="FF0000"/>
         </p14:laserClr>
       </p:ext>
       <p:ext uri="{2FDB2607-1784-4EEB-B798-7EB5836EED8A}">
         <p14:showMediaCtrls xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1"/>
       </p:ext>
     </p:extLst>
   </p:showPr>
   <p:clrMru>
     <a:srgbClr val="C4E33C"/>
     <a:srgbClr val="3165CA"/>
   </p:clrMru>
   <p:extLst>
     <p:ext uri="{E76CE94A-603C-4142-B9EB-6D1370010A27}">
       <p14:discardImageEditData xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{D31A062A-798A-4329-ABDD-BBA856620510}">
       <p14:defaultImageDpi xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="0"/>
     </p:ext>
     <p:ext uri="{FD5EFAAD-0ECE-453E-9831-46B23BE46B34}">
       <p15:chartTrackingRefBased xmlns:p15="http://schemas.microsoft.com/office/powerpoint/2012/main" val="0"/>
     </p:ext>
   </p:extLst>
 </p:presentationPr>
 </file>
 
+<file path=ppt/revisionInfo.xml><?xml version="1.0" encoding="utf-8"?>
+<p1510:revInfo xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p1510="http://schemas.microsoft.com/office/powerpoint/2015/10/main">
+  <p1510:revLst>
+    <p1510:client id="{E6407398-71FF-4F16-81E2-4359E967BAB8}" v="2" dt="2025-12-04T13:28:07.307"/>
+  </p1510:revLst>
+</p1510:revInfo>
+</file>
+
 <file path=ppt/tableStyles.xml><?xml version="1.0" encoding="utf-8"?>
-<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}"/>
+<a:tblStyleLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" def="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}">
+  <a:tblStyle styleId="{5C22544A-7EE6-4342-B048-85BDC9FD1C3A}" styleName="Medium Style 2 - Accent 1">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="dk1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:left>
+          <a:right>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:right>
+          <a:top>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+          <a:bottom>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+          <a:insideH>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln w="12700" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="20000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band2H>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1">
+              <a:tint val="40000"/>
+            </a:schemeClr>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:prstClr val="black"/>
+        </a:fontRef>
+        <a:schemeClr val="lt1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:bottom>
+            <a:ln w="38100" cmpd="sng">
+              <a:solidFill>
+                <a:schemeClr val="lt1"/>
+              </a:solidFill>
+            </a:ln>
+          </a:bottom>
+        </a:tcBdr>
+        <a:fill>
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+        </a:fill>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+  <a:tblStyle styleId="{5A111915-BE36-4E01-A7E5-04B1672EAD32}" styleName="Light Style 2 - Accent 5">
+    <a:wholeTbl>
+      <a:tcTxStyle>
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="tx1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:right>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:bottom>
+          <a:insideH>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideH>
+          <a:insideV>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+          </a:insideV>
+        </a:tcBdr>
+        <a:fill>
+          <a:noFill/>
+        </a:fill>
+      </a:tcStyle>
+    </a:wholeTbl>
+    <a:band1H>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:top>
+          <a:bottom>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:bottom>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:band1H>
+    <a:band1V>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:right>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:band1V>
+    <a:band2V>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:left>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:left>
+          <a:right>
+            <a:lnRef idx="1">
+              <a:schemeClr val="accent5"/>
+            </a:lnRef>
+          </a:right>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:band2V>
+    <a:lastCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:lastCol>
+    <a:firstCol>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr/>
+      </a:tcStyle>
+    </a:firstCol>
+    <a:lastRow>
+      <a:tcTxStyle b="on"/>
+      <a:tcStyle>
+        <a:tcBdr>
+          <a:top>
+            <a:ln w="50800" cmpd="dbl">
+              <a:solidFill>
+                <a:schemeClr val="accent5"/>
+              </a:solidFill>
+            </a:ln>
+          </a:top>
+        </a:tcBdr>
+      </a:tcStyle>
+    </a:lastRow>
+    <a:firstRow>
+      <a:tcTxStyle b="on">
+        <a:fontRef idx="minor">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fontRef>
+        <a:schemeClr val="bg1"/>
+      </a:tcTxStyle>
+      <a:tcStyle>
+        <a:tcBdr/>
+        <a:fillRef idx="1">
+          <a:schemeClr val="accent5"/>
+        </a:fillRef>
+      </a:tcStyle>
+    </a:firstRow>
+  </a:tblStyle>
+</a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="15620"/>
-    <p:restoredTop sz="94660"/>
+    <p:restoredTop sz="89245" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="99" d="100"/>
-          <a:sy n="99" d="100"/>
+          <a:sx n="125" d="100"/>
+          <a:sy n="125" d="100"/>
         </p:scale>
-        <p:origin x="110" y="72"/>
+        <p:origin x="306" y="108"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="1620"/>
         <p:guide pos="2880"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="1" d="1"/>
         <a:sy n="1" d="1"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:notesViewPr>
     <p:cSldViewPr snapToGrid="0">
       <p:cViewPr>
         <p:scale>
           <a:sx n="1" d="2"/>
           <a:sy n="1" d="2"/>
         </p:scale>
         <p:origin x="0" y="0"/>
       </p:cViewPr>
       <p:guideLst/>
     </p:cSldViewPr>
   </p:notesViewPr>
   <p:gridSpacing cx="76200" cy="76200"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.microsoft.com/office/2016/11/relationships/changesInfo" Target="changesInfos/changesInfo1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/></Relationships>
-[...193 lines deleted...]
-</p188:cmLst>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide35.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide30.xml"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide38.xml"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide25.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide28.xml"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide33.xml"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide36.xml"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide41.xml"/><Relationship Id="rId53" Type="http://schemas.microsoft.com/office/2018/10/relationships/authors" Target="authors.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide27.xml"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide40.xml"/><Relationship Id="rId52" Type="http://schemas.microsoft.com/office/2015/10/relationships/revisionInfo" Target="revisionInfo.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide26.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide31.xml"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide39.xml"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide29.xml"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide34.xml"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide42.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide24.xml"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide32.xml"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/_rels/notesMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme2.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesMasters/notesMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notesMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -628,51 +780,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="458788"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{5AFEBF98-CA0D-534C-A20C-64AD7B4C8B50}" type="datetimeFigureOut">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>10/14/2025</a:t>
+              <a:t>12/4/2025</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Image Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="685800" y="1143000"/>
             <a:ext cx="5486400" cy="3086100"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -896,111 +1048,143 @@
     <a:lvl8pPr marL="3200400" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl8pPr>
     <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
       <a:defRPr sz="1200" kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="+mn-lt"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="+mn-cs"/>
       </a:defRPr>
     </a:lvl9pPr>
   </p:notesStyle>
 </p:notesMaster>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
-<file path=ppt/notesSlides/_rels/notesSlide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide31.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<file path=ppt/notesSlides/_rels/notesSlide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide32.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide34.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide35.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide37.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide38.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide39.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide40.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
+</file>
+
+<file path=ppt/notesSlides/_rels/notesSlide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide41.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/notesSlides/_rels/notesSlide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="../slides/slide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="../notesMasters/notesMaster1.xml"/></Relationships>
 </file>
@@ -1028,147 +1212,147 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>PLEASE NOTE THE FOLLOWING USAGE REQUIREMENTS FOR THE </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" i="1">
+              <a:rPr lang="en-US" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>FIRST</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1" i="0" baseline="30000">
+              <a:rPr lang="en-US" b="1" i="0" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t>®</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1">
+              <a:rPr lang="en-US" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="FF0000"/>
                 </a:solidFill>
               </a:rPr>
               <a:t> AGE presented by Qualcomm template.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Presentations using this deck must include the FIRST AGE cover slide (Slide 1) to ensure recognition of our presenting sponsor, Qualcomm.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>Do not modify the template or overlap any of the built-in graphics.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450">
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US"/>
+              <a:rPr lang="en-US" dirty="0"/>
               <a:t>This template uses the Roboto font family, which can be downloaded for free at </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>fonts.google.com/specimen/Roboto</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>2</a:t>
+              <a:t>3</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2585401901"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide10.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -1188,98 +1372,89 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" i="1"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>explicitly accepts and embraces differences in team members. The organization is committed to making its programs welcoming and accessible to all participants. </a:t>
-            </a:r>
+              <a:t>This is a good one slide overview of the different roles that a Judge will take on today</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
             <a:endParaRPr lang="en-US">
-              <a:solidFill>
-[...1 lines deleted...]
-              </a:solidFill>
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
             </a:endParaRPr>
-          </a:p>
-[...4 lines deleted...]
-            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>12</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3677825305"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3971065606"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide11.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1290,123 +1465,97 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...38 lines deleted...]
-            <a:endParaRPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Reminder about a core concept in </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>FIRST </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>– This is a good slide to talk a bit about Dr. Woodie Flowers if time allows</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>13</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="257727707"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2767401637"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1417,102 +1566,98 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-              <a:t>EDIT for your event (if needed)</a:t>
+              <a:rPr lang="en-US" i="1"/>
+              <a:t>FIRST </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>explicitly accepts and embraces differences in team members. The organization is committed to making its programs welcoming and accessible to all participants. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>This is the minimum timing for Structured Interviews required for </a:t>
-[...7 lines deleted...]
-              <a:t> Tech Challenge. Some teams may require a translator. The Event Director will share that information with the Judge Advisor ahead of time. This is a good time to mention this to impacted judging panels.</a:t>
+              <a:t>It is important that all Judges are committed to making all Team members feel welcome today.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>15</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="534242038"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3677825305"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1523,105 +1668,123 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-              <a:t>EDIT for your event (if needed)</a:t>
+              <a:rPr lang="en-US"/>
+              <a:t>If you ask for information concerning Conflicts of Interest ahead of the event, it is a best practice to review and have the Judges verbally state their conflicts of interest with all of the Judges present.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>4) - if you extend the time that Judges have with each team, you should modify the 10 minutes to the 15 or 20 minutes that you are scheduling the Judges to ask questions.</a:t>
+              <a:t>It is also important to capture and write down each Judge's Conflict(s) of Interest so that the information is available to all of the Judges.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>This can be done on a Post-It sheet, whiteboard or captured in a spreadsheet.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>16</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="355496815"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="257727707"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide14.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1632,119 +1795,102 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US">
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>EDIT for your event (if needed)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
-[...27 lines deleted...]
-            </a:endParaRPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This is the minimum timing for Structured Interviews required for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>FIRST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> Tech Challenge. Some teams may require a translator. The Event Director will share that information with the Judge Advisor ahead of time. This is a good time to mention this to impacted judging panels.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>17</a:t>
+              <a:t>18</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1715490351"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="534242038"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1755,130 +1901,105 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US">
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>EDIT for your event (if needed)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>4) and 5) - if you extend the time that Judges have with each team, you should modify the 10 minutes to the 15 or 20 minutes that you are scheduling the Judges to ask questions.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...28 lines deleted...]
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>18</a:t>
+              <a:t>19</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2395926333"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="355496815"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -1889,154 +2010,119 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>Connect </a:t>
-[...19 lines deleted...]
-              <a:t>Award lists. </a:t>
+              <a:t>EDIT for your event</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
-[...5 lines deleted...]
-          <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Leave time for Judges to ask clarifying questions</a:t>
+              <a:t>Before your event, go through the question bank and select exactly 2 questions for the judges to ask during the Structured Interview and add them here.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>20</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2111999208"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1715490351"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2048,146 +2134,129 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>You may find the same teams listed in </a:t>
-[...23 lines deleted...]
-              <a:t>Award lists as well. </a:t>
+              <a:t>Note at some events, portfolio reviews for Think award are done by a separate panel (later) and do not need to be reviewed by the Structured Interview panel. If that is the case then remove item #3 above.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:r>
-[...2 lines deleted...]
-            </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Remind Judges that they may not nominate a team directly for the Inspire Award. Teams are considered for Inspire based on being on multiple nomination lists.</a:t>
+            </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Leave time for Judges to ask clarifying questions</a:t>
+              <a:t>Highlight that if time runs out, the only hard requirement is #1. The Judging Feedback form must be completed before the next team arrives.</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>21</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2597898588"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2395926333"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2198,90 +2267,154 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>You may find the same teams listed in </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>EDIT for your event if needed</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>Connect </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>and/or </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Reach </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>and/or </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Sustain </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Award lists. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>The differences between these awards can be subtle to Judges – particularly returning judges who still think of previous award criteria.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Leave time for Judges to ask clarifying questions</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>22</a:t>
+              <a:t>23</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3303666469"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2111999208"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2292,105 +2425,147 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>You may find the same teams listed in </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>EDIT the time deadline for your event</a:t>
+              <a:t>Design </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>and/or </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Innovate</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t> Award lists. Occasionally for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>Control </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Award lists as well. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Also remove Think if Structured Interviewers are not reviewing portfolios for Think</a:t>
+              <a:t>The differences between these awards can be subtle to Judges – particularly returning judges who still think of previous award criteria.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Leave time for Judges to ask clarifying questions</a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>23</a:t>
+              <a:t>24</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2137787131"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2597898588"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2400,72 +2575,85 @@
           <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
-            <a:endParaRPr lang="en-US"/>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>EDIT for your event</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>You may put your name and title of the event in the subtitle of this slide.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>3</a:t>
+              <a:t>4</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3671246543"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
@@ -2485,90 +2673,107 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-[...8 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>EDIT for your event if needed</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>If you have teams that need translators or interpreters, you may add that to this slide. The translator/interpreter may be in addition to the one silent observer, as needed. The translator</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>/observer does </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>not need to be an adult.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>26</a:t>
+              <a:t>25</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="128632320"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3303666469"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2579,90 +2784,105 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-[...5 lines deleted...]
-            <a:endParaRPr lang="en-US">
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>EDIT the time deadline for your event and the number of nominees for the shortlist, as needed</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Also remove Think if Structured Interviewers are not reviewing portfolios for Think</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>29</a:t>
+              <a:t>26</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="764679547"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2137787131"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2674,92 +2894,925 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
-              <a:t>OPTIONAL </a:t>
-[...4 lines deleted...]
-            </a:r>
+              <a:t>EDIT the time deadline for your event</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>31</a:t>
+              <a:t>29</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="128632320"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide23.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>EDIT the number of top teams that you want from each Award Panel. Six is a good number for most events but you might need more if you have a large event</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>32</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="764679547"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide24.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>OPTIONAL </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>- Show this slide at the end of the day if desired</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>34</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2919803030"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide25.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>EDIT for your event</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>You may put your name and title of the event in the subtitle of this slide.</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>35</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="139250657"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide26.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BEFB3A13-921E-51A2-C290-4768AC2C194D}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AA7B3A65-0082-04E1-B116-A6C5E4E219D6}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1BC0ED5F-FB27-F8AE-A8A9-885A7AFF26A1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Optional slide: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>These slides are good, high-level reminders of what has changed for this season. This information is accurate as of Team Update 10 (Nov 13, 2025). The Judge Advisor should review Team Updates prior to the event for any superseding information. - https://ftc-resources.firstinspires.org/ftc/game/tu-combined</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FD126CCE-F0AF-03FF-804C-0856D4C0C381}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>37</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3275880232"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide27.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D842256-8A4F-552D-7A75-23BAE58E209F}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E91FEBE2-B6D5-8B7D-134C-12586A01FF4F}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{463CA349-D4BC-2485-AEE7-1DCA4D7A9F07}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Optional slide: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>These slides are good, high-level reminders of what has changed for this season. This information is accurate as of Team Update 10 (Nov 13, 2025). The Judge Advisor should review Team Updates prior to the event for any superseding information. - https://ftc-resources.firstinspires.org/ftc/game/tu-combined</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DDF220F9-15C0-671F-89DE-66A5D85FFFF8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>38</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="683258336"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide28.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E308633A-C5B0-7804-6C01-CF0F8D44E9B2}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{050B33D6-5033-2270-2707-79A57C2F1FFD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14D31BA4-0312-341C-2A49-69EA0D327CDA}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Optional slide: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>These slides are good, high-level reminders of what has changed for this season. This information is accurate as of Team Update 10 (Nov 13, 2025). The Judge Advisor should review Team Updates prior to the event for any superseding information. - https://ftc-resources.firstinspires.org/ftc/game/tu-combined</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D79AA971-01BE-FF55-1692-8D3FDE308699}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>39</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="691200818"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide29.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CF91135A-8029-2EEF-48CB-B1B71722C571}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2403B1C0-B499-13C5-01D7-5CEF40F6BE73}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{99A945EA-740B-51C1-C740-74024A56F56A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Optional slide: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>These slides are good, high-level reminders of what has changed for this season. This information is accurate as of Team Update 10 (Nov 13, 2025). The Judge Advisor should review Team Updates prior to the event for any superseding information. - https://ftc-resources.firstinspires.org/ftc/game/tu-combined</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{14FFD534-FF64-A734-93BB-858D797CD015}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>40</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4182316408"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2770,105 +3823,220 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-[...23 lines deleted...]
-            </a:endParaRPr>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This is a good one slide overview of why judging matters!</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>4</a:t>
+              <a:t>5</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3443675803"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3109453889"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide30.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CCA1CA0-C1B0-883B-3636-67BA12216824}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DB142FA-297E-2012-425A-BF56457B9331}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF445A37-C19D-7D52-23B3-BB0DDA4D3785}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" marR="0" lvl="0" indent="0" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" fontAlgn="auto" latinLnBrk="0" hangingPunct="1">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzTx/>
+              <a:buFontTx/>
+              <a:buNone/>
+              <a:tabLst/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>Optional slide: </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>These slides are good, high-level reminders of what has changed for this season. This information is accurate as of Team Update 10 (Nov 13, 2025). The Judge Advisor should review Team Updates prior to the event for any superseding information. - https://ftc-resources.firstinspires.org/ftc/game/tu-combined</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{55A224A3-668A-080F-D9FE-5117035BE259}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>41</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2880498344"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2879,101 +4047,102 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US">
+              <a:rPr lang="en-US" b="1" dirty="0"/>
+              <a:t>EDIT for your event (if needed)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="444444"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US"/>
-[...7 lines deleted...]
-              <a:t>Please feel free to change this to your event’s schedule.</a:t>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This slide includes the minimum timing for Structured Interviews required for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0"/>
+              <a:t>FIRST</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t> Tech Challenge. Some teams may require a translator. Edit this slide if the Structured Interviews will last longer than 10 minutes.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>6</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3721592531"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1622950870"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide5.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -2987,115 +4156,220 @@
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US" b="1"/>
               <a:t>EDIT for your event</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
-[...19 lines deleted...]
-          <a:p>
             <a:endParaRPr lang="en-US">
-              <a:ea typeface="Calibri"/>
-              <a:cs typeface="Calibri"/>
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
             </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>*Example of a 24-team event with 4 judging panels and 20-minute structured interview blocks. Each judge panel will see 6 teams during the structured interview.</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US"/>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Please feel free to change this to your event’s schedule.</a:t>
+            </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>7</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3721592531"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:notes>
+</file>
+
+<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Slide Image Placeholder 1"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldImg"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Notes Placeholder 2"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="body" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" b="1"/>
+              <a:t>EDIT for your event</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>If your event is at a complex site, having a map of the venue make sense</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:ea typeface="Calibri"/>
+                <a:cs typeface="Calibri"/>
+              </a:rPr>
+              <a:t>You can delete this slide if you don't have a venue map or it is a very obvious/simple where the Structured Interviews are located, the Competition Area, the Team Pits, the Volunteer Break room is located, Restrooms are located, etc.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US">
+              <a:ea typeface="Calibri"/>
+              <a:cs typeface="Calibri"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="sldNum" sz="quarter" idx="5"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
+              <a:rPr lang="en-US" smtClean="0"/>
+              <a:t>8</a:t>
+            </a:fld>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4037891959"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
-<file path=ppt/notesSlides/notesSlide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/notesSlides/notesSlide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2260D7BD-1CEC-47D4-44AF-0BDB395766DD}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Slide Image Placeholder 1">
@@ -3114,201 +4388,108 @@
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF8E177B-0F0E-65EF-CC01-A573803F1D54}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" b="1"/>
+              <a:rPr lang="en-US" b="1" dirty="0"/>
               <a:t>EDIT for your event</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
-[...3 lines deleted...]
-              <a:rPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>If your event is at a complex pit layout, having a map of the pits make sense</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:ea typeface="Calibri"/>
                 <a:cs typeface="Calibri"/>
               </a:rPr>
               <a:t>You can delete this slide if you don't have a pit map</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CDB544C-486E-B8EE-5344-55F463697B8D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
-              <a:t>8</a:t>
+              <a:t>9</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2543467493"/>
-      </p:ext>
-[...91 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3528226998"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3320,88 +4501,88 @@
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>This is a good one slide overview of the different roles that a Judge will take on today</a:t>
+              <a:t>This is a good one slide overview of the Judging Goals</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US">
               <a:ea typeface="Calibri"/>
               <a:cs typeface="Calibri"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>10</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3971065606"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3528226998"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/notesSlides/notesSlide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:notes xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
@@ -3412,97 +4593,92 @@
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Notes Placeholder 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>This is a good one slide with the rules of judging. You can review these briefly with </a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="en-US"/>
-              <a:t>Reminder about a core concept in </a:t>
-[...13 lines deleted...]
-              <a:cs typeface="Calibri"/>
+              <a:t>your Judges.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="444444"/>
+              </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Slide Number Placeholder 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldNum" sz="quarter" idx="5"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{3E671015-C9A7-E442-A272-92807C04718A}" type="slidenum">
               <a:rPr lang="en-US" smtClean="0"/>
               <a:t>11</a:t>
             </a:fld>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2767401637"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1735357009"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:notes>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slideLayouts/_rels/slideLayout12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image10.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="../slideMasters/slideMaster1.xml"/></Relationships>
 </file>
 
@@ -7188,171 +8364,207 @@
       </a:lvl8pPr>
       <a:lvl9pPr marL="3657600" algn="l" defTabSz="914400" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="1800" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image23.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide9.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide10.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image24.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://usfirst.app.box.com/s/fscu2jyuijfnz1qrbdiegeu668nkk51j" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide12.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide13.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image25.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide14.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide15.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide17.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.microsoft.com/office/2018/10/relationships/comments" Target="../comments/modernComment_15F_A6E3F9C8.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide18.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide19.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide24.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-[...2 lines deleted...]
-
 <file path=ppt/slides/_rels/slide25.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide26.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide20.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide27.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide28.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide29.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide21.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide30.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide31.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide22.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout19.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide32.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide23.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
-<file path=ppt/slides/_rels/slide33.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image26.png"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2018/10/relationships/comments" Target="../comments/modernComment_167_5469C56F.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ftc-resources.firstinspires.org/ftc/event/question-bank" TargetMode="External"/></Relationships>
+<file path=ppt/slides/_rels/slide34.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide24.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide35.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide25.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide36.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ftc-resources.firstinspires.org/ftc/event/question-bank" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image27.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide37.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ftc-resources.firstinspires.org/ftc/archive/2026/event/judging-guide" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide26.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide38.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide27.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide39.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://info.firstinspires.org/hubfs/web/program/ftc/outreach-terms-and-definitions.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide28.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout3.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide40.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ftc-resources.firstinspires.org/ftc/archive/2026/event/judging-guide" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide29.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ftc-resources.firstinspires.org/ftc/game/manual-04" TargetMode="External"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide41.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide30.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+</file>
+
+<file path=ppt/slides/_rels/slide42.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image21.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout18.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image22.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ftc-events.firstinspires.org/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB4436EA-F514-F4CE-DD6A-93767F8F79B0}"/>
@@ -7384,132 +8596,122 @@
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4FD14FB-10AB-371A-A7BD-5AFA1332BFE3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457199" y="1647824"/>
             <a:ext cx="8479735" cy="3197095"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
-            <a:normAutofit fontScale="85000" lnSpcReduction="10000"/>
+            <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>IMPORTANT:  Several slides have timelines and other information that you will need to be updated for your specific event.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buFont typeface="Courier New" pitchFamily="34" charset="0"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Some slides have speaker notes to indicate if it is optional or needs editing.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Note that this presentation can be reviewed with Judges ahead of the event  (vs in the morning before the Structured Interviews take place).</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>For the Morning Orientation meeting, you can skip the post Structured Interview slides to review after all the Structured Interviews are complete if time is an issue</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>You need to confirm that all Judges have completed the training and passed the Certification test as this orientation deck is not a replacement!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
-[...8 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rectangle: Rounded Corners 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E475FBEB-DCAF-C8E1-1AE4-D5674C5981DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1346400" y="4377600"/>
             <a:ext cx="6127200" cy="611035"/>
           </a:xfrm>
           <a:prstGeom prst="roundRect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:style>
@@ -7521,61 +8723,575 @@
           <a:fillRef idx="1">
             <a:schemeClr val="accent5"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent5"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Delete this slide before presenting</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3121574675"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1856170453"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide10.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{638055D4-9A2F-473B-6F43-2D245782EA30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Judging in One Slide</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3525AD94-E39B-CC41-88DD-E01B02404355}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit fontScale="92500" lnSpcReduction="20000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:schemeClr val="dk1"/>
+              </a:buClr>
+              <a:buSzPts val="1400"/>
+              <a:buFont typeface="Arial"/>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Judges demonstrate </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" i="1">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Gracious Professionalism</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="541020" lvl="1" indent="-285750" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>We provide an inspiring and rewarding experience</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="541020" lvl="1" indent="-285750" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>We represent </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" i="1">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>FIRST </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>as ambassadors to the students</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Judges validate the efforts of the students</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="541020" lvl="1" indent="-285750" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>We draw out and listen to their stories</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="541020" lvl="1" indent="-285750" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>We are the interactive interface with students</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="541020" lvl="1" indent="-285750" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>We value the students, their efforts, their teamwork</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="541020" lvl="1" indent="-285750" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>We recognize their accomplishments</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="0" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1400"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>Judges wrestle with the subjective</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="541020" lvl="1" indent="-285750" algn="l" rtl="0">
+              <a:lnSpc>
+                <a:spcPct val="100000"/>
+              </a:lnSpc>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buClrTx/>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>We accept the challenge of ranking the team efforts</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="541020" lvl="1" indent="-285750">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buClrTx/>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>We encourage all, yet reward few</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Judges do not interview teams or make decisions by themselves</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1">
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:buSzPts val="1700"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Judges always work in a group of 2 or more </a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2493763869"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:pic>
+        <p:nvPicPr>
+          <p:cNvPr id="3" name="Picture 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C3DD8CD5-D77B-8312-CA16-73E263532B5E}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvPicPr>
+            <a:picLocks noChangeAspect="1"/>
+          </p:cNvPicPr>
+          <p:nvPr/>
+        </p:nvPicPr>
+        <p:blipFill>
+          <a:blip r:embed="rId3"/>
+          <a:stretch>
+            <a:fillRect/>
+          </a:stretch>
+        </p:blipFill>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="865094" y="1012252"/>
+            <a:ext cx="7413812" cy="3928146"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+      </p:pic>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2730539874"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FE70AC56-F693-8DA5-F702-83382C747E1E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -7747,51 +9463,51 @@
               <a:t>Advocator</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" altLang="en-US"/>
               <a:t> – advocate for nominated teams, but be willing to compromise</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2343636710"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Text Placeholder 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE414C5E-CA2A-5D63-CF73-B68D125CA1F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -7808,442 +9524,442 @@
             <a:ext cx="8289925" cy="2973387"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>We express the </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1">
+              <a:rPr lang="en-US" sz="1600" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>FIRST</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" baseline="30000">
+              <a:rPr lang="en-US" sz="1600" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>®</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t> philosophies of </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1">
+              <a:rPr lang="en-US" sz="1600" i="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>Gracious Professionalism</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>® and </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" i="1" err="1">
+              <a:rPr lang="en-US" sz="1600" i="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>Coopertition</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>® through our Core Values:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="880"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>Discovery</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>: We explore new skills and ideas. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="880"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>Innovation</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>: We use creativity and persistence to solve problems. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="880"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>Impact</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>: We apply what we learn to improve our world. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="880"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>Inclusion</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>: We respect each other and embrace our differences.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="880"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>Teamwork</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>: We are stronger when we work together. </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="171450" indent="-171450" eaLnBrk="1" fontAlgn="auto" hangingPunct="1">
               <a:spcBef>
                 <a:spcPts val="880"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:schemeClr val="dk1"/>
               </a:buClr>
               <a:buSzPts val="1400"/>
               <a:buFont typeface="Arial"/>
               <a:buNone/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>Fun</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Roboto"/>
               </a:rPr>
               <a:t>: We enjoy and celebrate what we do! </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="dk1"/>
               </a:solidFill>
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="1600"/>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="7" name="Picture 6" descr="Dr. Woodie Flowers&#10;FIRST Executive Advisory Board &#10;Co-Chair &amp; Distinguished Advisor&#10;&#10;">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5D4F5E2D-E141-881D-16C2-75267757942A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId3" cstate="email">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
@@ -8255,77 +9971,77 @@
           <a:xfrm>
             <a:off x="6255668" y="1618725"/>
             <a:ext cx="2802905" cy="1790161"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Google Shape;131;p6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4D64BC18-9367-325F-F91D-16506232990B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="-19050" y="3948113"/>
-            <a:ext cx="4652963" cy="1200150"/>
+            <a:off x="219807" y="3870002"/>
+            <a:ext cx="4414106" cy="1077178"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="F7D0D3"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="91425" tIns="45700" rIns="91425" bIns="45700">
+          <a:bodyPr wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="742950" indent="-285750">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buClr>
@@ -8473,132 +10189,132 @@
               <a:buChar char="•"/>
               <a:defRPr sz="1400">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" i="1">
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" b="1" i="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Gracious Professionalism</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" i="1" baseline="30000">
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" b="1" i="1" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333333"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:sym typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t> ® </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" sz="1800">
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> is doing things that encourages high-quality work, emphasizes the value of others, and respects individual &amp; community.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800">
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
               <a:solidFill>
                 <a:srgbClr val="333333"/>
               </a:solidFill>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:sym typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="11" name="Google Shape;132;p6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E30A6A67-113A-C34B-E971-30DF1607664D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
-            <a:off x="4633913" y="3949700"/>
-            <a:ext cx="4510087" cy="1200150"/>
+            <a:off x="4633913" y="3870002"/>
+            <a:ext cx="4282953" cy="1077178"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFF3CA"/>
           </a:solidFill>
           <a:ln>
             <a:noFill/>
           </a:ln>
           <a:extLst>
             <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
               <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:miter lim="800000"/>
                 <a:headEnd/>
                 <a:tailEnd/>
               </a14:hiddenLine>
             </a:ext>
           </a:extLst>
         </p:spPr>
         <p:txBody>
-          <a:bodyPr lIns="91425" tIns="45700" rIns="91425" bIns="45700">
+          <a:bodyPr wrap="square" lIns="91425" tIns="45700" rIns="91425" bIns="45700">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle>
             <a:lvl1pPr>
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:defRPr sz="2000">
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl1pPr>
             <a:lvl2pPr marL="742950" indent="-285750">
               <a:spcBef>
                 <a:spcPct val="20000"/>
               </a:spcBef>
               <a:buClr>
@@ -8748,96 +10464,198 @@
                 <a:solidFill>
                   <a:schemeClr val="tx1"/>
                 </a:solidFill>
                 <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
               </a:defRPr>
             </a:lvl9pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr eaLnBrk="1" hangingPunct="1">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="333333"/>
               </a:buClr>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" i="1" err="1">
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" b="1" i="1" dirty="0" err="1">
                 <a:solidFill>
                   <a:srgbClr val="333333"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:sym typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Coopertition</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" sz="1800" b="1" i="1" baseline="30000">
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" b="1" i="1" baseline="30000" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333333"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:sym typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>® </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US" sz="1800">
+              <a:rPr lang="en-US" altLang="en-US" sz="1600" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="333333"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:sym typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>is based on the concept and a philosophy that teams can and should help and cooperate with each other even as they compete.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2319746444"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1F05BE0E-B065-6E44-1C1D-4D473BD76882}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Check out DECODE!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DA112AC-FF82-5B00-9046-5076D4231D65}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Teams will be talking with you about the ways they solved the challenges of the competition. Here is a quick video to give you an idea of what teams need to accomplish this season.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:hlinkClick r:id="rId2"/>
+              </a:rPr>
+              <a:t>DECODE Game Video</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="537479217"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{ECBCDAA5-B41A-C834-5378-0B6400DAE90B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -10894,51 +12712,51 @@
               </a:r>
               <a:endParaRPr lang="en-US" altLang="en-US" sz="1700">
                 <a:solidFill>
                   <a:srgbClr val="FFFFFF"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3467838969"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Google Shape;199;g2115b15c6bb_2_42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67135B9F-3812-1A77-8FC4-DC97CCABD2DB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11142,51 +12960,51 @@
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr/>
             </a:pPr>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3139019835"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="19" name="Google Shape;206;g2115b15c6bb_2_49">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A1DC184F-1065-FB13-9060-42F98D3CF075}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11342,51 +13160,51 @@
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3555831" y="2933698"/>
             <a:ext cx="1814263" cy="1772655"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="188321324"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="63" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0DDD29D2-5FCA-9B06-6B97-2C680D96C085}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -11409,109 +13227,109 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Structured Interview Timeline</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="65" name="Arrow: Chevron 64">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{823AF939-3849-BD35-7F3F-946EB6300F58}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="2664995" y="2827594"/>
+            <a:off x="2664995" y="2823360"/>
             <a:ext cx="2334126" cy="1074821"/>
           </a:xfrm>
           <a:prstGeom prst="chevron">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="F17E25"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
           </a:effectRef>
           <a:fontRef idx="minor">
             <a:schemeClr val="lt1"/>
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="67" name="Arrow: Pentagon 66">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C9E153D0-A1DC-1059-A144-DC48DBAAC85D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="994612" y="2827595"/>
+            <a:off x="994612" y="2823361"/>
             <a:ext cx="2257926" cy="1074821"/>
           </a:xfrm>
           <a:prstGeom prst="homePlate">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="F17E25"/>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
           </a:fillRef>
           <a:effectRef idx="0">
             <a:schemeClr val="accent1"/>
@@ -11521,51 +13339,51 @@
           </a:fontRef>
         </p:style>
         <p:txBody>
           <a:bodyPr rtlCol="0" anchor="ctr"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="69" name="Arrow: Chevron 68">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{88A89585-FD56-CA24-C7D9-2896CE520E8B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="4439653" y="2831757"/>
+            <a:off x="4439653" y="2824008"/>
             <a:ext cx="3649578" cy="1074821"/>
           </a:xfrm>
           <a:prstGeom prst="chevron">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:schemeClr val="accent6">
               <a:lumMod val="60000"/>
               <a:lumOff val="40000"/>
             </a:schemeClr>
           </a:solidFill>
           <a:ln>
             <a:solidFill>
               <a:schemeClr val="tx1"/>
             </a:solidFill>
           </a:ln>
         </p:spPr>
         <p:style>
           <a:lnRef idx="2">
             <a:schemeClr val="accent1">
               <a:shade val="15000"/>
             </a:schemeClr>
           </a:lnRef>
           <a:fillRef idx="1">
             <a:schemeClr val="accent1"/>
@@ -12353,78 +14171,71 @@
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1600">
               <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="103" name="TextBox 102">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EA3FD279-A840-90EB-F091-8BAA736A510E}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="518253" y="4513342"/>
-            <a:ext cx="1479687" cy="584775"/>
+            <a:ext cx="1479687" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Team enters</a:t>
             </a:r>
-          </a:p>
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="105" name="TextBox 104">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4146015A-C9E5-F21C-A848-32F7E64B26AD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3099063" y="1874091"/>
             <a:ext cx="762788" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
@@ -12445,78 +14256,71 @@
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1600">
               <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="107" name="TextBox 106">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F4643B79-2E33-BB49-DD8D-F4A7D0F1B000}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3817609" y="4513342"/>
-            <a:ext cx="1479687" cy="584775"/>
+            <a:ext cx="1479687" cy="338554"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Team leaves</a:t>
             </a:r>
-          </a:p>
-[...5 lines deleted...]
-            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="109" name="TextBox 108">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15DCFFC4-7896-E246-D296-62FDD55ED9F6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5019264" y="1424829"/>
             <a:ext cx="2160727" cy="830997"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
@@ -12538,75 +14342,75 @@
             <a:r>
               <a:rPr lang="en-US" sz="1600">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
               <a:t>Review portfolio and complete forms: feedback, summary</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="111" name="TextBox 110">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{072EE577-0DEE-6DB4-593A-B80F9047657B}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="6651473" y="4474386"/>
+            <a:off x="6651473" y="4398934"/>
             <a:ext cx="2217544" cy="584775"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0" algn="l" rtl="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1200"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>Open the door to invite the next team in</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="113" name="Straight Connector 112">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{58561396-31A3-0FDF-A60F-DE18920A9C57}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1203960" y="2823093"/>
             <a:ext cx="0" cy="1079322"/>
@@ -12674,51 +14478,51 @@
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1200">
               <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="119" name="Group 118">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{05F327E4-966C-43F0-21F0-3146D679B881}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="8175193" y="835878"/>
+            <a:off x="8089231" y="835878"/>
             <a:ext cx="966083" cy="982745"/>
             <a:chOff x="2255316" y="1881831"/>
             <a:chExt cx="966083" cy="982745"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="117" name="Flowchart: Delay 116">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49C64C3F-392E-6E04-DC11-0930B9CA319C}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2246985" y="1916004"/>
               <a:ext cx="982745" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartDelay">
               <a:avLst/>
             </a:prstGeom>
@@ -12764,646 +14568,1234 @@
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7AD64665-B7A4-D621-EF7F-EE9C42C29386}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2255316" y="2159984"/>
               <a:ext cx="966083" cy="461665"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US" sz="1200" b="1">
+                <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                 </a:rPr>
                 <a:t>Structured Interviews</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="631455776"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D3271BB3-E69C-E93E-C7CC-60E47915FA7D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="949325"/>
             <a:ext cx="8289925" cy="554038"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>STRUCTURED INTERVIEWS - Flow</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{306B6FE2-B0F7-FC10-51F2-03433E177F5A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1647825"/>
             <a:ext cx="8289925" cy="3242963"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Greet team - smile - welcome them in</a:t>
+              <a:t>Greet team – smile – welcome them in</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="457200" lvl="0" indent="-457200" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Ask for portfolio – teams are not required to have a portfolio for most awards</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Ask if the team has a presentation – teams are not required to have a presentation</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1154430" lvl="2" indent="-285750" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Patiently &amp; eagerly listen to team’s ~5 minute presentation</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="1154430" lvl="2" indent="-285750" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Take good notes</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>After presentation, ask questions &amp; take notes for remaining time to fill up to 10 minutes with the team. Please note that all teams should receive the same amount of judging interview time and the first 5 minutes of the presentation is reserved for the team’s prepared presentation (Competition Manual rules A205, A206 and A207).</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="2" indent="-274320">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPts val="1600"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Ask the 2 questions provided to you by the Judge Advisor </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1400">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="2" indent="-274320" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Work with your panel partners to cover all award areas</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1400">
+              <a:t>Work with your panel partners to cover all award areas (not including Inspire)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="2" indent="-274320" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>All teams will receive the same amount of formal interview time (10 minutes)</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1400">
+              <a:t>All teams will receive the same amount of Structured Interview time (10 minutes)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>After 10 minutes, team leaves.  We will help with timing but need your help as well.</a:t>
-[...91 lines deleted...]
-            <a:endParaRPr lang="en-US">
+              <a:t>After 10 minutes, team leaves. We will help with timing but need your help as well.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="19" name="Group 18">
+          <p:cNvPr id="5" name="Group 4">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A620B821-AE4C-EE9D-220D-4E098196E23E}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A0672A11-57ED-C53B-8695-83BE2BFB52B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="8175193" y="835878"/>
+            <a:off x="8089231" y="835878"/>
             <a:ext cx="966083" cy="982745"/>
             <a:chOff x="2255316" y="1881831"/>
             <a:chExt cx="966083" cy="982745"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="17" name="Flowchart: Delay 16">
+            <p:cNvPr id="6" name="Flowchart: Delay 5">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D859D5A6-4461-CFAB-FA07-E74CC0C29AF3}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{20616199-F9B5-3F7A-A54C-F2B06FCF6D96}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2246985" y="1916004"/>
               <a:ext cx="982745" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartDelay">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="15000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="18" name="TextBox 17">
+            <p:cNvPr id="7" name="TextBox 6">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9EEAB709-2180-76DC-10E5-43CB06A89441}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9BB728D0-967F-73E3-83B9-00D4505D53F7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2255316" y="2159984"/>
               <a:ext cx="966083" cy="461665"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US" sz="1200" b="1">
+                <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                 </a:rPr>
                 <a:t>Structured Interviews</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1622917678"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide17.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB4436EA-F514-F4CE-DD6A-93767F8F79B0}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Updates to this Presentation</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4FD14FB-10AB-371A-A7BD-5AFA1332BFE3}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="457199" y="1647824"/>
+            <a:ext cx="8479735" cy="3197095"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="4" name="Rectangle: Rounded Corners 3">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E475FBEB-DCAF-C8E1-1AE4-D5674C5981DC}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="1346400" y="4377600"/>
+            <a:ext cx="6127200" cy="611035"/>
+          </a:xfrm>
+          <a:prstGeom prst="roundRect">
+            <a:avLst/>
+          </a:prstGeom>
+        </p:spPr>
+        <p:style>
+          <a:lnRef idx="2">
+            <a:schemeClr val="accent5">
+              <a:shade val="15000"/>
+            </a:schemeClr>
+          </a:lnRef>
+          <a:fillRef idx="1">
+            <a:schemeClr val="accent5"/>
+          </a:fillRef>
+          <a:effectRef idx="0">
+            <a:schemeClr val="accent5"/>
+          </a:effectRef>
+          <a:fontRef idx="minor">
+            <a:schemeClr val="lt1"/>
+          </a:fontRef>
+        </p:style>
+        <p:txBody>
+          <a:bodyPr rtlCol="0" anchor="ctr"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Delete this slide before presenting</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="11" name="Table 10">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D1A1209D-8EB7-7509-372A-07E04CCDD36D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noGrp="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1008545350"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="457197" y="1647824"/>
+          <a:ext cx="8229604" cy="1844040"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/table">
+            <a:tbl>
+              <a:tblPr firstRow="1" bandRow="1">
+                <a:tableStyleId>{5A111915-BE36-4E01-A7E5-04B1672EAD32}</a:tableStyleId>
+              </a:tblPr>
+              <a:tblGrid>
+                <a:gridCol w="2507229">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2940496565"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+                <a:gridCol w="5722375">
+                  <a:extLst>
+                    <a:ext uri="{9D8B030D-6E8A-4147-A177-3AD203B41FA5}">
+                      <a16:colId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="559939309"/>
+                    </a:ext>
+                  </a:extLst>
+                </a:gridCol>
+              </a:tblGrid>
+              <a:tr h="370840">
+                <a:tc gridSpan="2">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" dirty="0">
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>Revision History</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc hMerge="1">
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:endParaRPr lang="en-US" dirty="0"/>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr/>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1864783831"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr"/>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>Revision</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>Description</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="2775533894"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="370840">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>25-26.1</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1200" b="0" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>Initial 2025-26 Season Release</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1812501440"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+              <a:tr h="244558">
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr algn="ctr">
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1200">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>25-26.2 </a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:tc>
+                  <a:txBody>
+                    <a:bodyPr/>
+                    <a:lstStyle/>
+                    <a:p>
+                      <a:pPr>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>Added “Rules of Judging” slide.</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>Modified references of “Formal Interview” to “Structured Interview”.</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>Clarified wording around the silent observer in Structured Interviews.</a:t>
+                      </a:r>
+                    </a:p>
+                    <a:p>
+                      <a:pPr>
+                        <a:spcAft>
+                          <a:spcPts val="0"/>
+                        </a:spcAft>
+                      </a:pPr>
+                      <a:r>
+                        <a:rPr lang="en-US" sz="1200" dirty="0">
+                          <a:solidFill>
+                            <a:schemeClr val="tx1"/>
+                          </a:solidFill>
+                          <a:effectLst/>
+                          <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                        </a:rPr>
+                        <a:t>Added backup slides (hidden) with NEW and MODIFIED changes for this season.</a:t>
+                      </a:r>
+                    </a:p>
+                  </a:txBody>
+                  <a:tcPr marL="68580" marR="68580" marT="0" marB="0" anchor="ctr">
+                    <a:lnL w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnL>
+                    <a:lnR w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnR>
+                    <a:lnT w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnT>
+                    <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
+                      <a:solidFill>
+                        <a:schemeClr val="tx1"/>
+                      </a:solidFill>
+                      <a:prstDash val="solid"/>
+                      <a:round/>
+                      <a:headEnd type="none" w="med" len="med"/>
+                      <a:tailEnd type="none" w="med" len="med"/>
+                    </a:lnB>
+                  </a:tcPr>
+                </a:tc>
+                <a:extLst>
+                  <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
+                    <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="1676329465"/>
+                  </a:ext>
+                </a:extLst>
+              </a:tr>
+            </a:tbl>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3121574675"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DB1976AD-2FD8-8109-DA12-D7E59F784F7F}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -13451,411 +15843,360 @@
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1647825"/>
             <a:ext cx="7686076" cy="2973388"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>During the Structured Interview, each Judging Panel must ask every team they interview 2 baseline questions. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+              <a:sym typeface="Arial"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcBef>
+                <a:spcPts val="0"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buSzPts val="1600"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:sym typeface="Arial"/>
+              </a:rPr>
+              <a:t>One question will be selected from the Team Attribute question bank, and one selected from the Machine, Creativity, and Innovation bank. </a:t>
             </a:r>
             <a:endParaRPr lang="en-US">
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
             </a:pPr>
-            <a:r>
-[...8 lines deleted...]
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="914400" lvl="1" indent="-457200">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
-[...16 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
               <a:sym typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>The questions selected for this event are:</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
               <a:t>(add Team Attribute Question Here)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:br>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:highlight>
+                  <a:srgbClr val="FFFF00"/>
+                </a:highlight>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+            </a:br>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:highlight>
                 <a:srgbClr val="FFFF00"/>
               </a:highlight>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="457200" indent="-457200">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicParenR"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
               <a:t>(add Machine, Creativity, and Innovation Question Here)</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
-[...79 lines deleted...]
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="19" name="Group 18">
+          <p:cNvPr id="2" name="Group 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DCCD4DC1-434F-8B94-DC3A-6A39B18D3DD8}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F2480436-D654-8A3C-45B4-105E5CBDB853}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="8175193" y="835878"/>
+            <a:off x="8089231" y="835878"/>
             <a:ext cx="966083" cy="982745"/>
             <a:chOff x="2255316" y="1881831"/>
             <a:chExt cx="966083" cy="982745"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="17" name="Flowchart: Delay 16">
+            <p:cNvPr id="3" name="Flowchart: Delay 2">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E91A1211-4E23-6E9A-868C-96BC18BB39AC}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E38E0B6B-F69E-3786-AC2A-A0F4E020C1CF}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2246985" y="1916004"/>
               <a:ext cx="982745" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartDelay">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="15000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="18" name="TextBox 17">
+            <p:cNvPr id="4" name="TextBox 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4734D6E-E86B-EA18-D334-B1F99B0BEF64}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{15A55781-EAAA-4FD6-1FBC-08B7F3BD8A0B}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2255316" y="2159984"/>
               <a:ext cx="966083" cy="461665"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US" sz="1200" b="1">
+                <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                 </a:rPr>
                 <a:t>Structured Interviews</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2223469231"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide18.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{0FF3FCED-6AF7-2A30-C706-15F606610DBA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -14123,253 +16464,253 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1600">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Consider if team might merit a Judges’ Choice Award &amp; if so, why?</a:t>
             </a:r>
             <a:endParaRPr lang="en-US" sz="1600">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:endParaRPr lang="en-US" sz="1600">
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
-          <p:cNvPr id="11" name="Group 10">
+          <p:cNvPr id="2" name="Group 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7CEA5652-CD1F-D617-E46A-19EE116AD06A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{25CE4B99-D795-CC0C-2923-3DB42302EFE8}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="8175193" y="835878"/>
+            <a:off x="8089231" y="835878"/>
             <a:ext cx="966083" cy="982745"/>
             <a:chOff x="2255316" y="1881831"/>
             <a:chExt cx="966083" cy="982745"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="9" name="Flowchart: Delay 8">
+            <p:cNvPr id="3" name="Flowchart: Delay 2">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{C149A08C-FC99-FD76-62CF-B81BE7AAE310}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6EFA9778-BC92-9A7B-588A-AB5697C77A97}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="16200000">
               <a:off x="2246985" y="1916004"/>
               <a:ext cx="982745" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartDelay">
               <a:avLst/>
             </a:prstGeom>
             <a:solidFill>
               <a:srgbClr val="FF0000"/>
             </a:solidFill>
             <a:ln>
               <a:solidFill>
                 <a:srgbClr val="FF0000"/>
               </a:solidFill>
             </a:ln>
           </p:spPr>
           <p:style>
             <a:lnRef idx="2">
               <a:schemeClr val="accent1">
                 <a:shade val="15000"/>
               </a:schemeClr>
             </a:lnRef>
             <a:fillRef idx="1">
               <a:schemeClr val="accent1"/>
             </a:fillRef>
             <a:effectRef idx="0">
               <a:schemeClr val="accent1"/>
             </a:effectRef>
             <a:fontRef idx="minor">
               <a:schemeClr val="lt1"/>
             </a:fontRef>
           </p:style>
           <p:txBody>
             <a:bodyPr rtlCol="0" anchor="ctr"/>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
-            <p:cNvPr id="10" name="TextBox 9">
+            <p:cNvPr id="4" name="TextBox 3">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{BE954C2A-399E-B985-F229-AB2BE0CF3D60}"/>
+                  <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9096001A-C748-2EC8-FD5D-ACD70BC4FF8E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="2255316" y="2159984"/>
               <a:ext cx="966083" cy="461665"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US" sz="1200" b="1">
+                <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                 </a:rPr>
                 <a:t>Structured Interviews</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="930658491"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide19.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA7E5AD2-44F7-8204-F798-59C620BEB1F9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="949325"/>
             <a:ext cx="8289925" cy="554038"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" dirty="0"/>
+              <a:rPr lang="en-US"/>
               <a:t>Structure Interview Feedback Form</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="3" name="Picture 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DE1B609-CE15-0258-1BC2-F639C394AF50}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId2"/>
           <a:srcRect b="11498"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="245855" y="1576050"/>
+            <a:off x="245855" y="1503363"/>
             <a:ext cx="6961345" cy="3567450"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="38100" cap="sq">
             <a:noFill/>
             <a:prstDash val="solid"/>
             <a:miter lim="800000"/>
           </a:ln>
           <a:effectLst>
             <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="43000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Rectangle: Rounded Corners 8">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FA995DD3-26B9-66F5-E4A7-AA65C447081C}"/>
@@ -14435,81 +16776,51 @@
             </a:pPr>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
               <a:t>Structured Interview Feedback covers only content shared during the Structured Interview process, and does not include content from the portfolio, pit interviews, or performance observed in matches. </a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1328221266"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide2.xml><?xml version="1.0" encoding="utf-8"?>
-[...29 lines deleted...]
-<file path=ppt/slides/slide20.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Google Shape;231;p10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{63B1AA72-AF3C-CFD2-60E3-40754AA7463A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -15271,107 +17582,107 @@
                 <a:buChar char="•"/>
                 <a:defRPr sz="1400">
                   <a:solidFill>
                     <a:schemeClr val="tx1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:cs typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
                 </a:defRPr>
               </a:lvl9pPr>
             </a:lstStyle>
             <a:p>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:buClr>
                   <a:srgbClr val="000000"/>
                 </a:buClr>
                 <a:buSzPts val="1400"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1">
+                <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                   <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>Connect Award</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" altLang="en-US" sz="1400">
+                <a:rPr lang="en-US" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                   <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>: focuses on skill development generally and with encouragement to engage with the science, technology, engineering, and math communities. </a:t>
               </a:r>
             </a:p>
             <a:p>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:buSzPts val="1400"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-US" altLang="en-US" sz="1400">
+                <a:rPr lang="en-US" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                 </a:rPr>
                 <a:t>Example: </a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" sz="1400">
+                <a:rPr lang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                 </a:rPr>
                 <a:t>Recruiting a mentor to help the team with computer programming might count for the Connect Award.</a:t>
               </a:r>
-              <a:endParaRPr lang="en-US" altLang="en-US" sz="1400">
+              <a:endParaRPr lang="en-US" altLang="en-US" sz="1400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Google Shape;239;p10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F94BF2E4-1BA3-52C3-1BE4-1A7EA09AEC34}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
@@ -16421,51 +18732,51 @@
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="Group 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{49C9650A-2653-B00C-192B-7ABD5B7744CF}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="467983" y="3943357"/>
+            <a:off x="457199" y="3943357"/>
             <a:ext cx="8289925" cy="892527"/>
             <a:chOff x="467983" y="3943357"/>
             <a:chExt cx="8289925" cy="892527"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Google Shape;237;p10">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{435D1A71-9908-11F8-606B-41850A1AD8E7}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="467983" y="3943357"/>
               <a:ext cx="8289925" cy="892527"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
@@ -16974,101 +19285,101 @@
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                   <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>Example: Team has created a financial budget which tracks income and expenses  </a:t>
               </a:r>
               <a:endParaRPr lang="en-US"/>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1392751009"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide21.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CFCCEC3E-BFF1-70AC-6E8F-74D307AFF3A5}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="949325"/>
             <a:ext cx="8289925" cy="554038"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Differentiating Machine, Creativity, and Innovation Awards</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US">
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Google Shape;250;p11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{00AA829F-257E-C220-C18F-9FD034FA14FC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
           </p:cNvSpPr>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr bwMode="auto">
           <a:xfrm>
             <a:off x="1487591" y="1705274"/>
             <a:ext cx="7259533" cy="891822"/>
           </a:xfrm>
@@ -17291,51 +19602,51 @@
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="4" name="Group 3">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{452F4791-B54B-F1DE-FF01-4CE2AF30F09C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="457200" y="1705274"/>
+            <a:off x="457200" y="1766234"/>
             <a:ext cx="8289925" cy="891822"/>
             <a:chOff x="457200" y="1705274"/>
             <a:chExt cx="8289925" cy="891822"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="7" name="Google Shape;248;p11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{375968D8-CF48-3801-125D-08726ED447CC}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="457200" y="1705274"/>
               <a:ext cx="8289925" cy="891822"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
@@ -17777,63 +20088,63 @@
                 <a:buChar char="•"/>
                 <a:defRPr sz="1400">
                   <a:solidFill>
                     <a:schemeClr val="tx1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:cs typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
                 </a:defRPr>
               </a:lvl9pPr>
             </a:lstStyle>
             <a:p>
               <a:pPr>
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:buClr>
                   <a:srgbClr val="000000"/>
                 </a:buClr>
                 <a:buSzPts val="1700"/>
               </a:pPr>
               <a:r>
-                <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1">
+                <a:rPr lang="en-US" altLang="en-US" sz="1400" b="1" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                   <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>Design Award</a:t>
               </a:r>
               <a:r>
-                <a:rPr lang="en-US" altLang="en-US" sz="1400">
+                <a:rPr lang="en-US" altLang="en-US" sz="1400" dirty="0">
                   <a:solidFill>
                     <a:srgbClr val="000000"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                   <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>: rewards simplicity, efficiency, and ease of maintaining the entire Robot. We are looking for a machine that looks like it was put together with a strong design purpose </a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Google Shape;254;p11">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6E4078C9-8E8C-2739-8394-56EEDB66D4EB}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noChangeArrowheads="1"/>
@@ -18064,51 +20375,51 @@
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="3" name="Group 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{38328B38-CE3B-D48A-C792-FE8CF061572C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="457200" y="2807205"/>
+            <a:off x="457200" y="2860691"/>
             <a:ext cx="8289925" cy="891822"/>
             <a:chOff x="457200" y="2820052"/>
             <a:chExt cx="8289925" cy="891822"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="13" name="Google Shape;252;p11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{56AD62BE-ADC2-8E1B-F2C1-7649E5D7EF77}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="457200" y="2820052"/>
               <a:ext cx="8289925" cy="891822"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
@@ -18837,51 +21148,51 @@
             </a:pPr>
             <a:endParaRPr lang="en-US" altLang="en-US" sz="1800">
               <a:solidFill>
                 <a:srgbClr val="000000"/>
               </a:solidFill>
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="2" name="Group 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{67DB25D6-F8D5-3804-C290-3A216F006739}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="457200" y="3909137"/>
+            <a:off x="457200" y="3949776"/>
             <a:ext cx="8289925" cy="891822"/>
             <a:chOff x="457200" y="3909137"/>
             <a:chExt cx="8289925" cy="891822"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="19" name="Google Shape;252;p11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9A928DEA-DB3C-1595-18DE-FDA45AB49D96}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr>
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
               <a:off x="457200" y="3909137"/>
               <a:ext cx="8289925" cy="891822"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
@@ -19076,51 +21387,51 @@
                 <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:buChar char="•"/>
                 <a:defRPr sz="1400">
                   <a:solidFill>
                     <a:schemeClr val="tx1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:cs typeface="Helvetica Neue" panose="02000503000000020004" pitchFamily="2" charset="0"/>
                 </a:defRPr>
               </a:lvl9pPr>
             </a:lstStyle>
             <a:p>
               <a:pPr eaLnBrk="1" hangingPunct="1">
                 <a:spcBef>
                   <a:spcPct val="0"/>
                 </a:spcBef>
                 <a:spcAft>
                   <a:spcPct val="0"/>
                 </a:spcAft>
                 <a:buClr>
                   <a:srgbClr val="000000"/>
                 </a:buClr>
                 <a:buSzPts val="1800"/>
               </a:pPr>
-              <a:endParaRPr lang="en-US" altLang="en-US" sz="1800">
+              <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="000000"/>
                 </a:solidFill>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:endParaRPr>
             </a:p>
           </p:txBody>
         </p:sp>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="23" name="Google Shape;255;p11">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6F25C19C-F076-ED3D-247D-736DC2BC2AA4}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1">
               <a:spLocks noChangeArrowheads="1"/>
             </p:cNvSpPr>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr bwMode="auto">
             <a:xfrm>
@@ -19363,51 +21674,51 @@
                   </a:solidFill>
                   <a:latin typeface="Roboto"/>
                   <a:ea typeface="Roboto"/>
                   <a:cs typeface="Roboto"/>
                   <a:sym typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 </a:rPr>
                 <a:t>: Team must use hardware or software specifically to improve the Robot's functionality. This is not limited to the Auto period of the match. Also, the team must submit a Portfolio which includes the control elements. </a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3499020487"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Google Shape;199;g2115b15c6bb_2_42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7ED47DBD-AFA7-ACA2-B5BB-ADD61B887D40}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -19456,520 +21767,548 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1530651"/>
             <a:ext cx="8289925" cy="3327007"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" vert="horz" lIns="91425" tIns="45700" rIns="91425" bIns="45700" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="285750" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
               <a:t>We are here to ENCOURAGE and UPLIFT students</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800"/>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="742950" lvl="1" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buFont typeface="Courier New" pitchFamily="34" charset="0"/>
               <a:buChar char="o"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
-              <a:t>Do not look for reasons to eliminate or punish a team</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1800"/>
+              <a:t>Do not look for reasons to eliminate or punish a team.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>All teams that attend a Structured Interview are eligible to be considered for an award – even if they don't have a functioning robot!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1800"/>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>If a Portfolio does not have the team number on the front – it is okay to write their team number on the Portfolio or ask the team to do so before leaving their Structured Interview</a:t>
+              <a:t>If a Portfolio does not have the team number on the front – it is okay to write their team number on the Portfolio or ask the team to do so before leaving their Structured Interview.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Do not accept additional materials from team.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>Do not take pictures of teams or robots during the Structured Interview</a:t>
+              <a:t>Do not take pictures of teams or robots during the Structured Interview.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1800">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>Be mindful of using your mobile phone for note taking but okay to use to help with keeping track of time</a:t>
+              <a:t>Be mindful of using your mobile phone for note taking but okay to use to help with keeping track of time.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="360"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+              </a:rPr>
+              <a:t>One </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" b="1" u="sng" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+              </a:rPr>
+              <a:t>adult</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+              </a:rPr>
+              <a:t> silent observer is allowed to attend an interview.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2799958472"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1607840-2CD9-235C-EAA8-21413EF0FEC4}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="949325"/>
             <a:ext cx="8289925" cy="554038"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>AFTER ALL STRUCTURED INTERVIEWS</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B051E5FD-8FE5-D0F5-4A86-ADEEFC318CA3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1647825"/>
             <a:ext cx="8289925" cy="2973388"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="274320" indent="-274320">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t> Decide Your Panel’s Final shortlists:  Discuss which teams your panel would recommend for each of following awards:</a:t>
+              <a:t>Decide Your Panel’s Final shortlists:  Discuss which teams your panel would recommend for each of following awards:</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="971550" lvl="2" indent="-285750">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buSzPts val="1800"/>
               <a:buFont typeface="Wingdings" pitchFamily="34" charset="0"/>
               <a:buChar char="§"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1400">
+              <a:rPr lang="en-US" sz="1400" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>up to 2:  Connect   /   Reach / Sustain /   Innovate   /   Design  /  Control  / Think</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1400">
+              <a:t>up to 2:  Connect   / Reach / Sustain / Innovate / Design / Control / Think</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="685800" lvl="2" indent="0" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1400">
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="274320" indent="-274320">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>Consider each award on its own - it is expected that some teams will receive nominations in multiple or even all awards</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="731520" lvl="1" indent="-274320">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buFont typeface="Courier New"/>
               <a:buChar char="o"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>You want to nominate the strongest contenders for each award based on that award's criteria only</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="1" indent="0">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="1600"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr marL="274320" marR="0" lvl="0" indent="-274320" algn="l">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1600"/>
               <a:buAutoNum type="arabicPeriod"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
-              <a:t>Grab everything -  all notes, feedback forms, and Portfolios back to Judges Room</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600">
+              <a:t>Grab everything -  all notes, feedback forms, and Portfolios back to Judge’s Room</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr lvl="0" indent="0" algn="l" rtl="0">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
             <a:pPr>
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buSzPts val="1800"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>DEADLINE FOR SHORTLISTS IS  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t>10:30 AM </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1600" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
                 <a:sym typeface="Arial"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:highlight>
                 <a:srgbClr val="FFFF00"/>
               </a:highlight>
               <a:latin typeface="Roboto"/>
               <a:ea typeface="Roboto"/>
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US" sz="1600">
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Group 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9D4A4597-F1D4-7123-804D-65DC1D9D35B6}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="8018423" y="863613"/>
             <a:ext cx="1121133" cy="979034"/>
             <a:chOff x="4007140" y="1866434"/>
             <a:chExt cx="1121133" cy="979034"/>
           </a:xfrm>
         </p:grpSpPr>
@@ -20062,198 +22401,198 @@
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 </a:rPr>
                 <a:t>Initial Deliberations</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3520361592"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide24.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="13" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{90F02CC8-86F5-22B0-69DF-65BC2770F172}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="949325"/>
             <a:ext cx="8289925" cy="554038"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>Initial Deliberations &amp; Award Panels</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>AFTER ALL STRUCTURED INTERVIEWS</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="15" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EC8510AD-06C9-D0CE-1715-78E7189FD521}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1647825"/>
             <a:ext cx="8289925" cy="2973388"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Hand Judge Advisor your list of shortlists for each award</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>Once shortlists are captured, the Judge Advisor will restructure the Judging panels to create Award Panels.</a:t>
+              <a:t>Later, once the shortlists are captured, the Judge Advisor will restructure the judging panels to create Award Panels.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:buSzPts val="2000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>Once you have your Award Panel assignment AND Shortlist(s), you and your panelists should meet and determine a plan to visit all teams in their pit for a Pit Interview,  review portfolios (if required by award), and/or watch robot game matches (if award has any performance criteria)</a:t>
+              <a:t>Once you have your Award Panel assignment AND Shortlist(s), you and your panelists should meet and determine a plan to visit all teams in their pit for a Pit Interview, review portfolios (if required by award), and/or watch robot game matches (if award has any performance criteria)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="0">
               <a:buNone/>
             </a:pPr>
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="19" name="Group 18">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AE869AAA-E85A-0007-D4F2-F438C544EEE9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
             <a:off x="8018423" y="863613"/>
             <a:ext cx="1121133" cy="979034"/>
             <a:chOff x="4007140" y="1866434"/>
             <a:chExt cx="1121133" cy="979034"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
@@ -20344,116 +22683,116 @@
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 </a:rPr>
                 <a:t>Initial Deliberations</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3179228707"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide25.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A2514639-DA73-41F7-2D47-6D81377A4ACE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="ctr">
             <a:normAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
-              <a:rPr lang="en-US" sz="4000">
+              <a:rPr lang="en-US" sz="4000" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Let's Head to the Interview Rooms!</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" sz="4000"/>
+            <a:endParaRPr lang="en-US" sz="4000" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3015265958"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide26.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="14" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6350D2D4-20BB-702F-A5C7-C99FCD886992}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -20506,189 +22845,179 @@
             <a:off x="457200" y="1647825"/>
             <a:ext cx="8240230" cy="3321257"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>Judge Award Panels must visit all teams that they are assigned to visit and focus on the specific Award (or Awards) that they are assigned</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>Judge Award Panels must visit all teams that they are assigned to visit and focus on the specific Award (or Awards) that they are assigned. The Think panel should consult with the Judge Advisor.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>It is important to not make up new criteria to evaluate teams – it is only fair to use the criteria that has been published out to teams.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>Judges should not ever visit a team solo – always grab a partner</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+              <a:t>Judges should not ever visit a team solo – always grab a partner.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>It is best to agree on a couple of questions that you are going to ask all teams – see the Question Bank for suggested questions</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+              <a:t>It is best to agree on a couple of questions that you are going to ask all teams – see the Question Bank for suggested questions.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr algn="ctr">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
               <a:t>DEADLINE FOR PIT INTERVIEWS TO BE COMPLETED IS  </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" sz="1600" b="1">
+              <a:rPr lang="en-US" sz="1600" b="1" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
-              <a:t>2:00 PM </a:t>
-[...11 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>2:00 PM</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="20" name="Group 19">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{279E3CB3-416C-C8A0-1A4B-5F5A0C34F23D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="8176159" y="824042"/>
+            <a:off x="8150759" y="824042"/>
             <a:ext cx="914401" cy="978013"/>
             <a:chOff x="5939855" y="1892499"/>
             <a:chExt cx="914401" cy="978013"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="18" name="Flowchart: Delay 17">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E8411993-689F-AF6A-48EE-7CB286F190DD}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm rot="5400000">
               <a:off x="5908049" y="1924306"/>
               <a:ext cx="978013" cy="914400"/>
             </a:xfrm>
             <a:prstGeom prst="flowChartDelay">
               <a:avLst/>
             </a:prstGeom>
@@ -20761,51 +23090,81 @@
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 </a:rPr>
                 <a:t>Pit Interviews</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1630548829"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide27.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2659215011"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Google Shape;199;g2115b15c6bb_2_42">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{FF44E88D-F9DF-519A-FE0D-5EC2A36D5DBD}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -20843,200 +23202,186 @@
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{991D8DA8-F8D3-AAA3-1E16-D9BB26E668B3}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1">
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="457200" y="1539214"/>
             <a:ext cx="8451670" cy="3318444"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr spcFirstLastPara="1" vert="horz" lIns="91425" tIns="45700" rIns="91425" bIns="45700" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr marL="285750" indent="-285750">
+            <a:pPr marL="347472" indent="-347472">
               <a:spcBef>
-                <a:spcPts val="360"/>
+                <a:spcPts val="1000"/>
+              </a:spcBef>
+              <a:spcAft>
+                <a:spcPts val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1500" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Priority is given to the Match Schedule – you need to allow a team to queue when called!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1500" dirty="0">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcBef>
+                <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
-[...23 lines deleted...]
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1500" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>It is best to confirm that the team member that you are talking with is the right person on the team for that subject</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buFont typeface="Courier New" pitchFamily="34" charset="0"/>
               <a:buChar char="o"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1500" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>For example,  We have some questions about your team's_________, are you the right person to ask?   If not, are you able to get the right person here to talk with us?</a:t>
+              <a:t>For example, "We have some questions about your team's _________, are you the right person to ask? If not, are you able to get the right person here to talk with us?"</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1500" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>If a team hands you additional materials such engineering notebook, brochures, </a:t>
-[...13 lines deleted...]
-              <a:t>, do not take them back to the Judges Room. You can look at the materials, take notes about the materials, but it stays with the team in their pit.</a:t>
+              <a:t>If a team hands you additional materials such engineering notebook, brochures, etc., do not take them back to the Judge’s Room. You can look at the materials, take notes about the materials, but it stays with the team in their pit.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1500" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>If you find a team that you feel should have been nominated for a specific award but was not, come talk to JA before just adding them</a:t>
+              <a:t>If you find a team that you feel should have been nominated for a specific award but was not, come talk to JA before adding them.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="360"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:buChar char="•"/>
               <a:defRPr/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" sz="1600">
+              <a:rPr lang="en-US" sz="1500" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>If your panel wants to observe a team's matches, please check in with the Head Referee for guidance on where to stand</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" sz="1600"/>
+              <a:t>If your panel wants to observe a team's matches, please follow any advice that has already been given or check in with the Head Referee for guidance on where to stand.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1500" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="469168705"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide28.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{11F74171-78E8-F292-8855-555E1A22C225}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
@@ -21063,51 +23408,51 @@
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="4000">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Meet with your Award Panels!</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="180815594"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide29.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{A4CC696A-2AF5-E9A4-8A03-78C7685755DC}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -21157,165 +23502,175 @@
             <a:off x="457200" y="1647825"/>
             <a:ext cx="7977218" cy="2973388"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>After pit interviews are complete, each award panel will rank their top </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:t>After pit interviews are complete, each award panel will rank their</a:t>
+            </a:r>
+            <a:br>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+              </a:rPr>
+            </a:br>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+              </a:rPr>
+              <a:t>top </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
                 <a:highlight>
                   <a:srgbClr val="FFFF00"/>
                 </a:highlight>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>6 teams</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>. </a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+              <a:t>. Rank teams for each award individually, it is OK if a team appears at the top for multiple awards.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Once all Award panel rank their teams, the collective Judging group will deliberate to decide the Inspire Award (Winner and any Finalists).</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>All Judging teams will describe and advocate and reach agreement on the teams that best meet the award criteria.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPts val="1000"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" sz="1800" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>The Judge Advisor will facilitate the discussion to determine the winners and finalists for each award, starting with Inspire</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" sz="1800" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:grpSp>
         <p:nvGrpSpPr>
           <p:cNvPr id="11" name="Group 10">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{47E282FE-9259-2CFA-EFE1-8304D8933A06}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvGrpSpPr/>
           <p:nvPr/>
         </p:nvGrpSpPr>
         <p:grpSpPr>
           <a:xfrm>
-            <a:off x="7863607" y="903773"/>
+            <a:off x="7914407" y="846616"/>
             <a:ext cx="1156915" cy="990005"/>
             <a:chOff x="7647947" y="1895811"/>
             <a:chExt cx="1156915" cy="990005"/>
           </a:xfrm>
         </p:grpSpPr>
         <p:sp>
           <p:nvSpPr>
             <p:cNvPr id="9" name="Rectangle: Rounded Corners 8">
               <a:extLst>
                 <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{6A6EC507-FCC9-DE5D-1817-7F2849375D94}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7675776" y="1895811"/>
               <a:ext cx="1101256" cy="990005"/>
             </a:xfrm>
             <a:prstGeom prst="roundRect">
               <a:avLst/>
             </a:prstGeom>
@@ -21361,173 +23716,78 @@
                   <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D165228-F6E5-6E6B-6E34-106CC1C1193E}"/>
                 </a:ext>
               </a:extLst>
             </p:cNvPr>
             <p:cNvSpPr txBox="1"/>
             <p:nvPr/>
           </p:nvSpPr>
           <p:spPr>
             <a:xfrm>
               <a:off x="7647947" y="2142371"/>
               <a:ext cx="1156915" cy="461665"/>
             </a:xfrm>
             <a:prstGeom prst="rect">
               <a:avLst/>
             </a:prstGeom>
             <a:noFill/>
           </p:spPr>
           <p:txBody>
             <a:bodyPr wrap="square" rtlCol="0">
               <a:spAutoFit/>
             </a:bodyPr>
             <a:lstStyle/>
             <a:p>
               <a:pPr algn="ctr"/>
               <a:r>
-                <a:rPr lang="en-US" sz="1200" b="1">
+                <a:rPr lang="en-US" sz="1200" b="1" dirty="0">
                   <a:solidFill>
                     <a:schemeClr val="bg1"/>
                   </a:solidFill>
                   <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                   <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 </a:rPr>
                 <a:t>Award Deliberations</a:t>
               </a:r>
             </a:p>
           </p:txBody>
         </p:sp>
       </p:grpSp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1891031023"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
-[...94 lines deleted...]
-<file path=ppt/slides/slide30.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8490EBDC-79A6-A673-06F0-E84D29E06022}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -21570,150 +23830,150 @@
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
-              <a:t>Once all Award Winners and Finalists are known,  each Award winner (and all Inspire Winners and Finalists) will need a script that describes concisely why the team won.</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+              <a:t>Once all Award Winners and Finalists are known, each Award winner (and Inspire Finalists) will need a script that describes concisely why the team won.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US"/>
-              <a:t>We have found using an AI tool to be very helpful in creating scripts</a:t>
+              <a:rPr lang="en-US" altLang="en-US" dirty="0"/>
+              <a:t>Using an AI tool can be very helpful in creating scripts.</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US" altLang="en-US">
+              <a:rPr lang="en-US" altLang="en-US" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Once each script is written, make sure that the Judge Advisor has reviewed it.</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcBef>
                 <a:spcPct val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="000000"/>
               </a:buClr>
               <a:buSzPts val="2000"/>
               <a:buChar char="•"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" altLang="en-US"/>
-[...2 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+            <a:endParaRPr lang="en-US" altLang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:endParaRPr lang="en-US" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="967519896"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide31.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide34.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5311DB44-1E47-052B-0E6A-94316DF2FCE9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -21800,113 +24060,118 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
               </a:rPr>
               <a:t>Now let's go watch some great robot matches and hand out awards!</a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="862668794"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide32.xml><?xml version="1.0" encoding="utf-8"?>
-<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<file path=ppt/slides/slide35.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{4419C8EA-C3DF-792D-EFDC-601F6B07DE8A}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBDD8B9C-F006-704E-91E6-CF2B984FE19D}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
-            <a:spLocks noGrp="1"/>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
-            <p:ph type="title"/>
+            <p:ph type="ctrTitle"/>
           </p:nvPr>
         </p:nvSpPr>
-        <p:spPr/>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="341611" y="2244587"/>
+            <a:ext cx="8460777" cy="654325"/>
+          </a:xfrm>
+        </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="4800" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
               </a:rPr>
               <a:t>Backup Slides</a:t>
             </a:r>
-            <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3216782157"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="927975438"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide33.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide36.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{32C16437-1E45-C0E1-30F1-BDAA06608F09}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -21929,345 +24194,2094 @@
           <a:p>
             <a:r>
               <a:rPr lang="en-US"/>
               <a:t>Judging Question Bank</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
           <p:cNvPr id="4" name="Content Placeholder 3" descr="A qr code on a white background&#10;&#10;AI-generated content may be incorrect.">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1C0E815C-2C41-9A4E-A981-1C81E0045EF2}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId3"/>
+          <a:blip r:embed="rId2"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3121410" y="1466588"/>
             <a:ext cx="2960812" cy="2973465"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="TextBox 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{03B3A148-9B1F-83E8-DAA3-B173D5347D80}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1026595" y="4456529"/>
             <a:ext cx="7150442" cy="369332"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US">
-                <a:hlinkClick r:id="rId4"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>ftc-resources.firstinspires.org/</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US" err="1">
-                <a:hlinkClick r:id="rId4"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>ftc</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="en-US">
-                <a:hlinkClick r:id="rId4"/>
+                <a:hlinkClick r:id="rId3"/>
               </a:rPr>
               <a:t>/event/question-bank  </a:t>
             </a:r>
             <a:endParaRPr lang="en-US"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1416217967"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
-  <p:extLst>
-[...3 lines deleted...]
-  </p:extLst>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide37.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8A6CFD0C-079D-1E83-8332-B0884521D45A}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F1B01A4E-745B-17AC-09F3-D0997A7848E8}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Important Judging Changes for This Season</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{89EA7712-9785-C007-CE87-A7ADE26F1841}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>UPDATED</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: Documents for Volunteers</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Courier New" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Judges and Judge Advisors have their own high-level manual.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>NEW</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: Published a "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Judging Process Guide</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>"</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Structured Interview</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Previously called the Formal Interview.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>The format has not changed from past seasons.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>UPDATE</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: A210 – No photos or audio/video recordings allowed.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="34" charset="0"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1600" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>This applies to everyone – teams and volunteers</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1600">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4208410324"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide38.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{573B5594-117A-E57E-1564-571155FFA4FB}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D23B33E7-98DB-D54B-CEC6-47A5D34BAA57}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Important Judging Changes for This Season</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D48CD317-650E-273C-0470-781C441957BD}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial,Sans-Serif" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Awards</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>The Motivate Award has been retired.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>NEW</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: Added two new awards to the Team Attribute category.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="34" charset="0"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Reach – Celebrates efforts to introduce new people to </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" i="1" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>FIRST</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="34" charset="0"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Sustain – Looking at long-term success of a team</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>UPDATED</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: The Judges' Choice Award is an advancing award. </a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="1">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>It is a good idea to review the criteria for each award. While most items are unchanged, some have been reworded.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="827099968"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide39.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EB07B860-FE5C-6FD2-59DB-5D94276C3044}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{537A5BFB-37C7-F4DD-5BAA-68600458CC7A}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Important Judging Changes for This Season</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD4EDC38-3C5D-8EC3-8BD4-BBF947C3FFD1}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial,Sans-Serif" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>PORTFOLIO</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>UPDATED: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>A201-C: Each page must be 8.5 x 11 inches (or A4).</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr lvl="1" indent="0">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buNone/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>   [Teams may use 11 x 17-inch paper (or A3) and fold it in half.]</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>UPDATED</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: A201-E</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: May include content from Jan 1, 2025 or later.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US"/>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>NEW</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: Section 6.1.4 - Outreach and Impact by Numbers</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Added guidance to state that "sustained outreach to be of higher quality than occasional or one-off outreach".</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Evaluate teams against the award criteria using terms in the </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Outreach Terms and Definitions Document</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="939991652"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide4.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{E5210CDC-96CA-A149-AA1B-91DFED8955E5}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{DBDD8B9C-F006-704E-91E6-CF2B984FE19D}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="ctrTitle"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" sz="4800">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Judge Orientation</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Subtitle 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{EE21AAC1-F444-214E-BC50-75A63C237E24}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="subTitle" idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="344558" y="1934582"/>
+            <a:ext cx="8460776" cy="360367"/>
+          </a:xfrm>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Click to add subtitle</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3353433642"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide40.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{45B48EBD-1D87-FD45-4C66-FE7A07144338}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D36520B2-2054-D5CF-C4C9-FCA4DFEFADFA}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="title"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
-              <a:t>Thank you!</a:t>
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US"/>
+              <a:t>Important Judging Changes for This Season</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Content Placeholder 2">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2D729A85-6B0B-3E42-8E91-C1C17CDE6E6D}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8FB9C824-D7FA-74EE-1FC9-97DEA7480709}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
             <a:noAutofit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
-            <a:pPr>
+            <a:pPr marL="342900" indent="-342900">
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
+              <a:buFont typeface="Arial,Sans-Serif" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
             </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Final Deliberations and Awards</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>NEW</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: Added updated guidance in the "</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:hlinkClick r:id="rId3"/>
+              </a:rPr>
+              <a:t>Judging Process Guide</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>"</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" b="1" dirty="0">
+              <a:solidFill>
+                <a:srgbClr val="00B0F0"/>
+              </a:solidFill>
+              <a:latin typeface="Roboto"/>
+              <a:ea typeface="Roboto"/>
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>UPDATED</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>The advancement model has been updated under </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>Section 4</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t> of the Competition Manual.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="34" charset="0"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>There is no longer an "Order of Advancement" using awards</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="34" charset="0"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>After awarding all Inspire positions, Judge Advisors will have to facilitate discussions to award all the 1st place slots (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>including Judges' Choice Award</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>)</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" b="1" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>,</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t> then the 2nd place slots, then the 3rd place slots (as needed).</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings" pitchFamily="34" charset="0"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>If a team is ranked as the highest-rank for two awards, the Judges will have to decide which award they deserve to win.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1400" dirty="0">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3480997471"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide41.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name="">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1D068160-940C-8D27-AEA9-FBED01708948}"/>
+            </a:ext>
+          </a:extLst>
+        </p:cNvPr>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E9F84C1-6FE9-C706-B633-D0B001E126FB}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
             <a:r>
               <a:rPr lang="en-US">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
-              <a:t>Why is Judging Important</a:t>
-[...1 lines deleted...]
-          </a:p>
+              <a:t>Important Judging Changes for This Season</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{7667CAF9-0F12-7D37-98F7-A8D62715A5BF}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:noAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
           <a:p>
             <a:pPr marL="342900" indent="-342900">
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buFont typeface="Arial,Sans-Serif" pitchFamily="34" charset="0"/>
               <a:buChar char="•"/>
             </a:pPr>
             <a:r>
-              <a:rPr lang="en-US">
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
-              <a:t>Judges play a crucial role in fulfilling the "more than robots" philosophy of </a:t>
-[...2 lines deleted...]
-              <a:rPr lang="en-US" i="1">
+              <a:t>Final Deliberations and Awards (continued)</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace" pitchFamily="34" charset="0"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
-              <a:t>FIRST</a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US">
+              <a:t>UPDATED</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
-              <a:t>The judging process is about evaluating aspects of a team that go beyond the on-field robot performance, such as their engineering process, outreach, and team culture</a:t>
-[...11 lines deleted...]
-              <a:rPr lang="en-US">
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
                 <a:latin typeface="Roboto"/>
                 <a:ea typeface="Roboto"/>
                 <a:cs typeface="Roboto"/>
               </a:rPr>
-              <a:t>Your efforts today matter!</a:t>
-[...3 lines deleted...]
-            <a:pPr marL="285750" indent="-355600">
+              <a:t> A214: Teams are only eligible to win 1st place Inspire Award at one Qualifying or League Tournament</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial,Sans-Serif"/>
-              <a:buChar char="-"/>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings"/>
+              <a:buChar char="§"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US" i="1">
-[...4 lines deleted...]
-            <a:pPr marL="285750" indent="-355600">
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Does not apply to Super QTs or Regional Championships.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="800100" lvl="1" indent="-342900">
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial,Sans-Serif"/>
-              <a:buChar char="-"/>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace"/>
+              <a:buChar char="o"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US">
-[...4 lines deleted...]
-            <a:pPr marL="285750" indent="-355600">
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>NEW</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>: A215: Teams can only be named as a winner or finalist for </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>one</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="1800" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t> judged award.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" sz="1800"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
               <a:spcAft>
                 <a:spcPct val="0"/>
               </a:spcAft>
-              <a:buFont typeface="Arial,Sans-Serif"/>
-              <a:buChar char="-"/>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings"/>
+              <a:buChar char="§"/>
             </a:pPr>
-            <a:endParaRPr lang="en-US">
+            <a:r>
+              <a:rPr lang="en-US" sz="1400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="000000"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Same guidance as last season but is now a Section 6 rule.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="1485900" lvl="2">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Wingdings"/>
+              <a:buChar char="§"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" sz="1600" dirty="0">
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
           <a:p>
-            <a:endParaRPr lang="en-US">
-[...4 lines deleted...]
-            <a:endParaRPr lang="en-US">
+            <a:pPr marL="800100" lvl="1" indent="-228600">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buClr>
+                <a:srgbClr val="000000"/>
+              </a:buClr>
+              <a:buFont typeface="Courier New,monospace"/>
+              <a:buChar char="o"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="00B0F0"/>
+                </a:solidFill>
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>UPDATED</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>:</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" b="1" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>All</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t> Inspire Award recipients will need a script.</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
               <a:cs typeface="Roboto"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4238513737"/>
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="86237678"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide42.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" show="0">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B11640A4-08D3-EAC6-5E44-527BB6711EE9}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>How to use AI to write an Award Script</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="3" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{61D7DDF2-9649-EA7D-EF95-316F7441DB10}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr>
+            <a:normAutofit fontScale="92500" lnSpcReduction="10000"/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Give Context. (</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US"/>
+              <a:t>Student robotics competition). </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>The tone (fun, inspiring) and how long the script should be.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Give details about the team, what award they are receiving, and information you want to highlight in the script.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Ask for more options. If the first version you get is too long, ask the AI tool to make it shorter. If you want more specifics in the script, ask AI to edit or rewrite the script.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>AI Scripts will always need to be reviewed and edited by the Judges, but using AI will help you get started.</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+          <a:p>
+            <a:pPr marL="457200" indent="-457200">
+              <a:buAutoNum type="arabicPeriod"/>
+            </a:pPr>
+            <a:endParaRPr lang="en-US" dirty="0"/>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="878861853"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+  <p:cSld>
+    <p:spTree>
+      <p:nvGrpSpPr>
+        <p:cNvPr id="1" name=""/>
+        <p:cNvGrpSpPr/>
+        <p:nvPr/>
+      </p:nvGrpSpPr>
+      <p:grpSpPr>
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="0" cy="0"/>
+          <a:chOff x="0" y="0"/>
+          <a:chExt cx="0" cy="0"/>
+        </a:xfrm>
+      </p:grpSpPr>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="13" name="Title 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{638055D4-9A2F-473B-6F43-2D245782EA30}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph type="title"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr/>
+          <a:lstStyle/>
+          <a:p>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0"/>
+              <a:t>Thank You!</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="15" name="Content Placeholder 2">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3525AD94-E39B-CC41-88DD-E01B02404355}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr>
+            <a:spLocks noGrp="1" noChangeAspect="1"/>
+          </p:cNvSpPr>
+          <p:nvPr>
+            <p:ph idx="1"/>
+          </p:nvPr>
+        </p:nvSpPr>
+        <p:spPr/>
+        <p:txBody>
+          <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0" anchor="t">
+            <a:normAutofit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Why is Judging Important</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Judges play a crucial role in fulfilling the "more than robots" philosophy of </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" i="1" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>FIRST</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>The judging process is about evaluating aspects of a team that go beyond the on-field robot performance, such as their engineering process, outreach, and team culture</a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr marL="342900" indent="-342900">
+              <a:spcAft>
+                <a:spcPct val="0"/>
+              </a:spcAft>
+              <a:buFont typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:buChar char="•"/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="en-US" dirty="0">
+                <a:latin typeface="Roboto"/>
+                <a:ea typeface="Roboto"/>
+                <a:cs typeface="Roboto"/>
+              </a:rPr>
+              <a:t>Your efforts today matter!</a:t>
+            </a:r>
+            <a:endParaRPr lang="en-US" dirty="0">
+              <a:cs typeface="Roboto"/>
+            </a:endParaRPr>
+          </a:p>
+        </p:txBody>
+      </p:sp>
+    </p:spTree>
+    <p:extLst>
+      <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
+        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4131827757"/>
+      </p:ext>
+    </p:extLst>
+  </p:cSld>
+  <p:clrMapOvr>
+    <a:masterClrMapping/>
+  </p:clrMapOvr>
+</p:sld>
+</file>
+
+<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{D149FC3E-585D-9C50-11BC-D926DD083078}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -23148,51 +27162,51 @@
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="1200">
                 <a:latin typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
                 <a:cs typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
               </a:rPr>
               <a:t>In new panels you will interview teams at their pits and learn about their accomplishments in relation to specific awards.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2559767670"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide6.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="9" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CD9D566E-54B7-C0B6-22C8-A281FD952DEE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -24841,64 +28855,107 @@
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnT>
                     <a:lnB w="12700" cap="flat" cmpd="sng" algn="ctr">
                       <a:solidFill>
                         <a:schemeClr val="tx1"/>
                       </a:solidFill>
                       <a:prstDash val="solid"/>
                       <a:round/>
                       <a:headEnd type="none" w="med" len="med"/>
                       <a:tailEnd type="none" w="med" len="med"/>
                     </a:lnB>
                     <a:noFill/>
                   </a:tcPr>
                 </a:tc>
                 <a:extLst>
                   <a:ext uri="{0D108BD9-81ED-4DB2-BD59-A6C34878D82A}">
                     <a16:rowId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" val="290546333"/>
                   </a:ext>
                 </a:extLst>
               </a:tr>
             </a:tbl>
           </a:graphicData>
         </a:graphic>
       </p:graphicFrame>
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="2" name="TextBox 1">
+            <a:extLst>
+              <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{40A8F6B9-4CA7-DB29-7000-52DE937F75C4}"/>
+              </a:ext>
+            </a:extLst>
+          </p:cNvPr>
+          <p:cNvSpPr txBox="1"/>
+          <p:nvPr/>
+        </p:nvSpPr>
+        <p:spPr>
+          <a:xfrm>
+            <a:off x="2210128" y="2914584"/>
+            <a:ext cx="4723743" cy="646331"/>
+          </a:xfrm>
+          <a:prstGeom prst="rect">
+            <a:avLst/>
+          </a:prstGeom>
+          <a:solidFill>
+            <a:srgbClr val="FFFF00"/>
+          </a:solidFill>
+        </p:spPr>
+        <p:txBody>
+          <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+            <a:prstTxWarp prst="textNoShape">
+              <a:avLst/>
+            </a:prstTxWarp>
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600">
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>NEEDS EDITING</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="431989966"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide7.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{332E3319-9FED-CDAF-5405-DC2A84B6124A}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
@@ -25097,51 +29154,51 @@
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="3600">
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>NEEDS EDITING</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="4293114279"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide9.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name="">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{18A3ABF7-DB0A-752E-A88D-A8DA7EFEB486}"/>
             </a:ext>
           </a:extLst>
         </p:cNvPr>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Title 1">
@@ -25194,537 +29251,105 @@
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="3350075" y="1002822"/>
             <a:ext cx="2449568" cy="3389867"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="TextBox 5">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2CB477A6-07B1-5F7C-95B9-B77AB229B3CE}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1895766" y="1821853"/>
-            <a:ext cx="4723743" cy="646331"/>
+            <a:off x="979901" y="1821853"/>
+            <a:ext cx="7192916" cy="1754326"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:solidFill>
             <a:srgbClr val="FFFF00"/>
           </a:solidFill>
         </p:spPr>
         <p:txBody>
           <a:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
             <a:prstTxWarp prst="textNoShape">
               <a:avLst/>
             </a:prstTxWarp>
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="ctr"/>
             <a:r>
               <a:rPr lang="en-US" sz="3600">
                 <a:cs typeface="Arial"/>
               </a:rPr>
               <a:t>NEEDS EDITING</a:t>
             </a:r>
           </a:p>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t>Check if digital pit map is available on </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:cs typeface="Arial"/>
+                <a:hlinkClick r:id="rId4"/>
+              </a:rPr>
+              <a:t>FTC Events</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="en-US" sz="3600" dirty="0">
+                <a:cs typeface="Arial"/>
+              </a:rPr>
+              <a:t> Page</a:t>
+            </a:r>
+          </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2336674390"/>
-      </p:ext>
-[...452 lines deleted...]
-        <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2493763869"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/_rels/theme1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Essential">
   <a:themeElements>
     <a:clrScheme name="Essential">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="D1282E"/>
@@ -26253,73 +29878,73 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
   <documentManagement>
     <lcf76f155ced4ddcb4097134ff3c332f xmlns="7db59ae1-5a31-43a4-b973-cb3a37006d0a">
       <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     </lcf76f155ced4ddcb4097134ff3c332f>
     <TaxCatchAll xmlns="89f18ac3-ee13-4990-9908-0c061c07acfa" xsi:nil="true"/>
     <Date xmlns="7db59ae1-5a31-43a4-b973-cb3a37006d0a">2025-10-05T23:48:13+00:00</Date>
   </documentManagement>
 </p:properties>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...7 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D77BA48227E5224E8911F905A9588E32" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="44f5bac8255d08e163978734ba401f26">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7db59ae1-5a31-43a4-b973-cb3a37006d0a" xmlns:ns3="89f18ac3-ee13-4990-9908-0c061c07acfa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="f89e3af7fb6eaca0ca27cd6cd44eb4ec" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D77BA48227E5224E8911F905A9588E32" ma:contentTypeVersion="17" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f68654f16f29730f3946b21b69dab75b">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="7db59ae1-5a31-43a4-b973-cb3a37006d0a" xmlns:ns3="89f18ac3-ee13-4990-9908-0c061c07acfa" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a5b68eb19da904387108be6531429b69" ns2:_="" ns3:_="">
     <xsd:import namespace="7db59ae1-5a31-43a4-b973-cb3a37006d0a"/>
     <xsd:import namespace="89f18ac3-ee13-4990-9908-0c061c07acfa"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns2:Date" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceBillingMetadata" minOccurs="0"/>
               </xsd:all>
@@ -26521,177 +30146,187 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBC7D6B3-7C1E-4CC1-9147-CD17D747095F}">
-[...15 lines deleted...]
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B4946AAB-2EA0-4D7D-A794-176C57A85EDC}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FBC7D6B3-7C1E-4CC1-9147-CD17D747095F}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="89f18ac3-ee13-4990-9908-0c061c07acfa"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="7db59ae1-5a31-43a4-b973-cb3a37006d0a"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEC68AA4-78BC-4D97-807E-D0AC92E65D49}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E745D9FF-3B48-4CC1-9479-D16F45C55CEA}">
   <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="7db59ae1-5a31-43a4-b973-cb3a37006d0a"/>
     <ds:schemaRef ds:uri="89f18ac3-ee13-4990-9908-0c061c07acfa"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
-[...5 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docMetadata/LabelInfo.xml><?xml version="1.0" encoding="utf-8"?>
 <clbl:labelList xmlns:clbl="http://schemas.microsoft.com/office/2020/mipLabelMetadata">
   <clbl:label id="{87f3c3bf-6dd1-44ec-bd8f-99e4e622ef84}" enabled="0" method="" siteId="{87f3c3bf-6dd1-44ec-bd8f-99e4e622ef84}" removed="1"/>
 </clbl:labelList>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Essential.thmx</Template>
   <TotalTime></TotalTime>
-  <Words>3267</Words>
+  <Words>4509</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>On-screen Show (16:9)</PresentationFormat>
-  <Paragraphs>305</Paragraphs>
-[...2 lines deleted...]
-  <HiddenSlides>2</HiddenSlides>
+  <Paragraphs>388</Paragraphs>
+  <Slides>42</Slides>
+  <Notes>30</Notes>
+  <HiddenSlides>10</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fonts Used</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>7</vt:i4>
+        <vt:i4>8</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Theme</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Slide Titles</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>33</vt:i4>
+        <vt:i4>42</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="41" baseType="lpstr">
+    <vt:vector size="51" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial,Sans-Serif</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Courier New</vt:lpstr>
+      <vt:lpstr>Courier New,monospace</vt:lpstr>
       <vt:lpstr>Noto Sans Symbols</vt:lpstr>
       <vt:lpstr>Roboto</vt:lpstr>
       <vt:lpstr>Wingdings</vt:lpstr>
       <vt:lpstr>Essential</vt:lpstr>
       <vt:lpstr>INSTRUCTIONS</vt:lpstr>
+      <vt:lpstr>Updates to this Presentation</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Judge Orientation</vt:lpstr>
-      <vt:lpstr>Thank you! </vt:lpstr>
+      <vt:lpstr>Thank You!</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Schedule</vt:lpstr>
       <vt:lpstr>Insert Venue Map Here</vt:lpstr>
       <vt:lpstr>Insert Pit Map Here</vt:lpstr>
       <vt:lpstr>Judging in One Slide</vt:lpstr>
+      <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Your Goals</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
+      <vt:lpstr>Check out DECODE!</vt:lpstr>
       <vt:lpstr>Understanding Differences and Welcoming All</vt:lpstr>
       <vt:lpstr>Conflict of Interest</vt:lpstr>
       <vt:lpstr>Conflict of Interest - Continued</vt:lpstr>
       <vt:lpstr>Structured Interview Timeline</vt:lpstr>
       <vt:lpstr>STRUCTURED INTERVIEWS - Flow</vt:lpstr>
       <vt:lpstr>STRUCTURED INTERVIEWS – baseline questions</vt:lpstr>
       <vt:lpstr>AFTER EACH TEAM INTERVIEW</vt:lpstr>
       <vt:lpstr>Structure Interview Feedback Form</vt:lpstr>
       <vt:lpstr>Differentiating Team Attribute Awards</vt:lpstr>
       <vt:lpstr>Differentiating Machine, Creativity, and Innovation Awards</vt:lpstr>
       <vt:lpstr>Some Reminders for the Structured Interviews</vt:lpstr>
       <vt:lpstr>AFTER ALL STRUCTURED INTERVIEWS</vt:lpstr>
-      <vt:lpstr>Initial Deliberations &amp; Award Panels</vt:lpstr>
+      <vt:lpstr>AFTER ALL STRUCTURED INTERVIEWS</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Pit Interviews</vt:lpstr>
       <vt:lpstr>Some Reminders for Pit Interviews</vt:lpstr>
       <vt:lpstr>PowerPoint Presentation</vt:lpstr>
       <vt:lpstr>Deliberations (Afternoon)</vt:lpstr>
       <vt:lpstr>Award Scripts</vt:lpstr>
       <vt:lpstr>All Done  -  Thank you!</vt:lpstr>
       <vt:lpstr>Backup Slides</vt:lpstr>
       <vt:lpstr>Judging Question Bank</vt:lpstr>
+      <vt:lpstr>Important Judging Changes for This Season</vt:lpstr>
+      <vt:lpstr>Important Judging Changes for This Season</vt:lpstr>
+      <vt:lpstr>Important Judging Changes for This Season</vt:lpstr>
+      <vt:lpstr>Important Judging Changes for This Season</vt:lpstr>
+      <vt:lpstr>Important Judging Changes for This Season</vt:lpstr>
+      <vt:lpstr>How to use AI to write an Award Script</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>PowerPoint Presentation</dc:title>
   <dc:creator>Kristen Stutt</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MediaServiceImageTags">
     <vt:lpwstr/>